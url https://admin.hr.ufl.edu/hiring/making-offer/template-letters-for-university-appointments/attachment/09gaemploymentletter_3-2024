--- v0 (2025-10-05)
+++ v1 (2025-11-05)
@@ -26,77 +26,69 @@
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="6ABF8481" w14:textId="34CA96C8" w:rsidR="007F1534" w:rsidRDefault="007F1534" w:rsidP="623E3716">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="498AB69C" w14:textId="77777777" w:rsidR="005100E7" w:rsidRDefault="005100E7" w:rsidP="002620BF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="51E653D1" w14:textId="73634529" w:rsidR="00E65163" w:rsidRDefault="00E65163" w:rsidP="00E65163">
+    <w:p w14:paraId="51E653D1" w14:textId="72DFFC1E" w:rsidR="00E65163" w:rsidRDefault="00E65163" w:rsidP="00E65163">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Last Updated: </w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_Hlk158704654"/>
-      <w:r w:rsidR="00842681">
+      <w:r w:rsidR="003C2EEA">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>August 16</w:t>
-[...7 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:t>October 3, 2025</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="523515B7" w14:textId="77777777" w:rsidR="00231858" w:rsidRPr="00523F62" w:rsidRDefault="00231858" w:rsidP="002620BF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="2F5496" w:themeColor="accent5" w:themeShade="BF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00523F62">
         <w:rPr>
           <w:b/>
           <w:color w:val="2F5496" w:themeColor="accent5" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Instructions</w:t>
       </w:r>
       <w:r w:rsidRPr="00523F62">
         <w:rPr>
           <w:b/>
           <w:color w:val="2F5496" w:themeColor="accent5" w:themeShade="BF"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
@@ -209,50 +201,89 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="2ECCB138" w14:textId="378C213C" w:rsidR="00231858" w:rsidRDefault="00231858" w:rsidP="002620BF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F7CAAC" w:themeFill="accent2" w:themeFillTint="66"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="450"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007205CF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">If more than one academic or administrative unit are making commitments for employment, two separate Letters of Appointment should be provided to the student. </w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="3279BB66" w14:textId="09F1FA91" w:rsidR="00C95B43" w:rsidRDefault="00C95B43" w:rsidP="002620BF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F7CAAC" w:themeFill="accent2" w:themeFillTint="66"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="450"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Appointments involving </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>researcher</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or research support activities must complete RISC screening prior to offer being extended. </w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="15E3D83C" w14:textId="03267A50" w:rsidR="00F40334" w:rsidRPr="00F40334" w:rsidRDefault="00F40334" w:rsidP="00F40334">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F7CAAC" w:themeFill="accent2" w:themeFillTint="66"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="450"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Letter must be printed on official UF letterhead.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DB77A8C" w14:textId="77777777" w:rsidR="00231858" w:rsidRPr="007205CF" w:rsidRDefault="00231858" w:rsidP="002620BF">
       <w:pPr>
@@ -828,51 +859,65 @@
         </w:rPr>
         <w:t xml:space="preserve">your </w:t>
       </w:r>
       <w:r w:rsidR="004875B8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="00F03EDF" w:rsidRPr="00B715C3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>-month</w:t>
       </w:r>
       <w:r w:rsidR="00F03EDF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D40D63" w:rsidRPr="00D40D63">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">appointment for _____ </w:t>
+        <w:t xml:space="preserve">appointment </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00D40D63" w:rsidRPr="00D40D63">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>for __</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00D40D63" w:rsidRPr="00D40D63">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">___ </w:t>
       </w:r>
       <w:r w:rsidR="00D40D63" w:rsidRPr="00755B93">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidR="00D40D63" w:rsidRPr="00D40D63">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>indicate academic or calendar]</w:t>
       </w:r>
       <w:r w:rsidR="00D40D63" w:rsidRPr="00D40D63">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> years</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
@@ -1019,50 +1064,51 @@
         </w:rPr>
         <w:t>compliance with the terms and conditions of this Letter of Appointment</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0EAEE5E3" w14:textId="213C1DE1" w:rsidR="00E93F05" w:rsidRDefault="00C26A70" w:rsidP="00101C38">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="1F4E79"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="1F4E79"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CE6E983" w14:textId="77777777" w:rsidR="00E93F05" w:rsidRDefault="00E93F05" w:rsidP="00101C38">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="1F4E79"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1DF345E1" w14:textId="77777777" w:rsidR="00E93F05" w:rsidRDefault="00E93F05" w:rsidP="00101C38">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="1F4E79"/>
           <w:sz w:val="28"/>
@@ -1082,98 +1128,90 @@
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0582B583" w14:textId="18CC7F83" w:rsidR="00101C38" w:rsidRPr="00C502C8" w:rsidRDefault="00101C38" w:rsidP="00101C38">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C502C8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="1F4E79"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Assigned Work Location</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="027A0762" w14:textId="7EEE5240" w:rsidR="00101C38" w:rsidRPr="001300E4" w:rsidRDefault="00101C38" w:rsidP="00101C38">
+    <w:p w14:paraId="027A0762" w14:textId="2AD22989" w:rsidR="00101C38" w:rsidRPr="001300E4" w:rsidRDefault="00101C38" w:rsidP="00101C38">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C502C8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">You are currently assigned to work at </w:t>
-      </w:r>
+        <w:t xml:space="preserve">You are currently assigned to work </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00C502C8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">at </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C502C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>__________ (i.e. main campus, Lake Nona, etc.)</w:t>
-      </w:r>
+        <w:t>__</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00C502C8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
-        </w:rPr>
-[...10 lines deleted...]
-      <w:r w:rsidR="0010138B">
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>________ (i.e. main campus, Lake Nona, etc.)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C502C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">. </w:t>
-      </w:r>
-[...10 lines deleted...]
-        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79D11CF3" w14:textId="66509A60" w:rsidR="00101C38" w:rsidRDefault="00101C38" w:rsidP="002620BF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="1F4E79"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="244197CD" w14:textId="4168D767" w:rsidR="00673E99" w:rsidRPr="002D30C3" w:rsidRDefault="00D40D63" w:rsidP="002620BF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="1F4E79"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -1212,95 +1250,95 @@
       </w:r>
       <w:r w:rsidR="0089502C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D40D63">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Tuition is included in your assistantship; all students are responsible for the fees associated with each credit hour of registration.  </w:t>
       </w:r>
       <w:r w:rsidR="002D30C3" w:rsidRPr="00D40D63">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Detailed information on current tuition and fees can be found at</w:t>
       </w:r>
       <w:r w:rsidR="002D30C3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
+      <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidR="002D30C3" w:rsidRPr="002D30C3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
             <w:color w:val="0033CC"/>
           </w:rPr>
           <w:t>https://www.fa.ufl.edu/directive-categories/tuition-and-fees/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="002D30C3" w:rsidRPr="00D40D63">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3830CFEE" w14:textId="77777777" w:rsidR="002620BF" w:rsidRDefault="002620BF" w:rsidP="002620BF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1D183C84" w14:textId="0055B4F8" w:rsidR="00D40D63" w:rsidRPr="00B715C3" w:rsidRDefault="00D40D63" w:rsidP="002620BF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D40D63">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">If you do not meet all of the eligibility requirements outlined in this letter of appointment and in the Graduate Student Handbook </w:t>
       </w:r>
       <w:r w:rsidR="0089502C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidR="00947B4F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           </w:rPr>
           <w:t>https://grad.ufl.edu/academics/handbook/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00947B4F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="0089502C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00D40D63">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">all tuition payments may be voided and rescinded. You agree that any change in eligibility of academic or employment status after your </w:t>
@@ -1361,51 +1399,51 @@
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Florida Residency </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F952FE0" w14:textId="5F212F66" w:rsidR="00843FD6" w:rsidRPr="00843FD6" w:rsidRDefault="00843FD6" w:rsidP="00843FD6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00843FD6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t>You should apply for Florida residency if you become eligible. Eligibility for students claiming in-state residency status requires specific criteria to be met based on various factors. Detailed information on the eligibility criteria and how to apply for Florida residency can be found at</w:t>
       </w:r>
       <w:r w:rsidRPr="00843FD6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:anchor=":~:text=A%20student%20claiming,of%20higher%20education." w:history="1">
+      <w:hyperlink r:id="rId15" w:anchor=":~:text=A%20student%20claiming,of%20higher%20education." w:history="1">
         <w:r w:rsidRPr="00843FD6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           </w:rPr>
           <w:t>UF Registrar's Residency Webpage</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00843FD6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36600DC8" w14:textId="77777777" w:rsidR="002620BF" w:rsidRPr="002620BF" w:rsidRDefault="002620BF" w:rsidP="002620BF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2BC01F9B" w14:textId="43A6D972" w:rsidR="002D30C3" w:rsidRPr="002D30C3" w:rsidRDefault="002D30C3" w:rsidP="002620BF">
@@ -1525,51 +1563,51 @@
       <w:r w:rsidRPr="006D1453">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="1F4E79"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Employment of Relatives</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22EB29A0" w14:textId="77777777" w:rsidR="002D30C3" w:rsidRPr="006D1453" w:rsidRDefault="002D30C3" w:rsidP="002620BF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D1453">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t>The University of Florida is committed to a policy of employment and advancement on qualifications and merit and does not discriminate in favor of or in opposition to the employment of relatives per UF Regulation 1.009 (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
+      <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidRPr="006D1453">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           </w:rPr>
           <w:t>https://regulations.ufl.edu/wp-content/uploads/2012/09/1.009.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="006D1453">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t>). If you have a relative and/or person living in the same household employed by the university, provide their name and department in the space below:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32A892C0" w14:textId="77777777" w:rsidR="002D30C3" w:rsidRPr="006D1453" w:rsidRDefault="002D30C3" w:rsidP="002620BF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0812AF5D" w14:textId="77777777" w:rsidR="002D30C3" w:rsidRDefault="002D30C3" w:rsidP="002620BF">
       <w:pPr>
@@ -1593,308 +1631,225 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="514C5D4F" w14:textId="77777777" w:rsidR="002D30C3" w:rsidRPr="00D40D63" w:rsidRDefault="002D30C3" w:rsidP="002620BF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="2F5496"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D40D63">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="2F5496"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Health Benefits </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09B0E3C9" w14:textId="2BA8BA7C" w:rsidR="00144966" w:rsidRPr="00144966" w:rsidRDefault="00144966" w:rsidP="00144966">
+    <w:p w14:paraId="09B0E3C9" w14:textId="6E7E472E" w:rsidR="00144966" w:rsidRPr="00144966" w:rsidRDefault="008A5CBB" w:rsidP="00144966">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00144966">
+      <w:r w:rsidRPr="008A5CBB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">If you are appointed at a .25 FTE or greater, you are eligible for the </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00144966">
+      <w:r w:rsidRPr="008A5CBB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>GatorGradCare</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00144966">
+      <w:r w:rsidRPr="008A5CBB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> health insurance plan. You will be automatically enrolled in </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00144966">
+      <w:r w:rsidRPr="008A5CBB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>GatorGradCare</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00144966">
+      <w:r w:rsidRPr="008A5CBB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – employee only coverage on the 61</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00144966">
+        <w:t xml:space="preserve"> – employee only coverage on the 61st day after your hire date. If you do not want to enroll in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008A5CBB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:vertAlign w:val="superscript"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00144966">
+        </w:rPr>
+        <w:t>GatorGradCare</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008A5CBB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve"> day after your hire date. If you do not want to enroll in </w:t>
+        <w:t xml:space="preserve">, you will need to manually waive this coverage through UF Select Benefits. Information about the </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00144966">
+      <w:r w:rsidRPr="008A5CBB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>GatorGradCare</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00144966">
+      <w:r w:rsidRPr="008A5CBB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve">, you will need </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00144966">
+        <w:t xml:space="preserve"> plan and enrollment instructions can be found at https://hr.ufl.edu/benefits/health/health-coverage/gatorgradcare. Please note: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008A5CBB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t>to manually</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00144966">
+        <w:t>GatorGradCare</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008A5CBB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve"> waive this coverage through UF Select Benefits. Information about the </w:t>
+        <w:t xml:space="preserve"> meets the university’s mandatory student health insurance requirement. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00144966">
+      <w:r w:rsidRPr="008A5CBB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>GatorGradCare</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00144966">
+      <w:r w:rsidRPr="008A5CBB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve"> plan and enrollment instructions can be found at </w:t>
-[...28 lines deleted...]
-        <w:t xml:space="preserve"> meets the university’s mandatory student health insurance requirement and plan participants may waive the student health plan.</w:t>
+        <w:t xml:space="preserve"> participants must waive the UF student health insurance plan to avoid duplicate coverage.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FD849BB" w14:textId="17915FE8" w:rsidR="00971AA0" w:rsidRDefault="00971AA0" w:rsidP="002620BF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="42222191" w14:textId="77777777" w:rsidR="00E93F05" w:rsidRDefault="00E93F05" w:rsidP="00971AA0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="2F5496"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3A6716C1" w14:textId="77777777" w:rsidR="00947B4F" w:rsidRDefault="00947B4F" w:rsidP="00971AA0">
-[...63 lines deleted...]
-    </w:p>
     <w:p w14:paraId="7C8520FD" w14:textId="77777777" w:rsidR="00101C38" w:rsidRDefault="00101C38" w:rsidP="002620BF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="2F5496" w:themeColor="accent5" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="706308A1" w14:textId="0B1695FF" w:rsidR="00D07B3D" w:rsidRPr="005276EA" w:rsidRDefault="00D07B3D" w:rsidP="002620BF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="2F5496" w:themeColor="accent5" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B70649">
         <w:rPr>
           <w:b/>
           <w:color w:val="2F5496" w:themeColor="accent5" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Acknowledgment of Appointment</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D32AFF6" w14:textId="00B06188" w:rsidR="00D07B3D" w:rsidRDefault="00D07B3D" w:rsidP="002620BF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="006A0EC0">
         <w:t xml:space="preserve">Please review the details of the offer in this </w:t>
       </w:r>
       <w:r>
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidRPr="006A0EC0">
         <w:t xml:space="preserve">etter of </w:t>
       </w:r>
       <w:r>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="006A0EC0">
-        <w:t xml:space="preserve">ppointment and, if you agree to all of its terms and conditions, return a signed copy to me as soon as possible, but no later than </w:t>
+        <w:t xml:space="preserve">ppointment and, if you agree to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006A0EC0">
+        <w:t>all of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006A0EC0">
+        <w:t xml:space="preserve"> its terms and conditions, return a signed copy to me as soon as possible, but no later than </w:t>
       </w:r>
       <w:r w:rsidRPr="00DA6904">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidRPr="005F3F4D">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">insert </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">any date after April 15 when </w:t>
       </w:r>
       <w:r w:rsidRPr="005F3F4D">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>the letter must be returned]</w:t>
@@ -1934,51 +1889,65 @@
         <w:t xml:space="preserve">We are excited about your acceptance of our </w:t>
       </w:r>
       <w:r w:rsidR="007E09A5" w:rsidRPr="00D07B3D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">appointment </w:t>
       </w:r>
       <w:r w:rsidRPr="00D07B3D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">offer.  We will have additional paperwork for you to complete prior to the beginning of the </w:t>
       </w:r>
       <w:r w:rsidRPr="00DA6904">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>[insert semester]</w:t>
       </w:r>
       <w:r w:rsidRPr="00D07B3D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> semester in order to complete your appointment.  We will contact you after we have received this signed letter of appointment to schedule a meeting. Please do not hesitate to contact me at (352) </w:t>
+        <w:t xml:space="preserve"> semester </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D07B3D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>in order to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D07B3D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> complete your appointment.  We will contact you after we have received this signed letter of appointment to schedule a meeting. Please do not hesitate to contact me at (352) </w:t>
       </w:r>
       <w:r w:rsidRPr="00D07B3D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>[insert phone number</w:t>
       </w:r>
       <w:r w:rsidRPr="00DA6904">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidRPr="00D07B3D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> or by e-mail at </w:t>
       </w:r>
       <w:r w:rsidRPr="00D07B3D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:highlight w:val="yellow"/>
@@ -2492,51 +2461,51 @@
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="00F83FD4" w:rsidRPr="001A4D20">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">submit petition </w:t>
             </w:r>
             <w:r w:rsidRPr="001A4D20">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>to the Graduate School</w:t>
             </w:r>
             <w:r w:rsidR="00B5112A" w:rsidRPr="001A4D20">
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidR="00B5112A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r w:rsidR="00947B4F">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 </w:rPr>
                 <w:t>https://graduateschool.ufl.edu/academics/petition/</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D07B3D" w14:paraId="3D1FD94C" w14:textId="77777777" w:rsidTr="0071585E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2965" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6401D40F" w14:textId="77777777" w:rsidR="00D07B3D" w:rsidRPr="00B715C3" w:rsidRDefault="00D07B3D" w:rsidP="002620BF">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B715C3">
               <w:rPr>
@@ -2823,51 +2792,50 @@
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>Enter date that matches end date of academic semester</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00260FAF" w14:paraId="09B140B5" w14:textId="77777777" w:rsidTr="0071585E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2965" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7D24AA2D" w14:textId="77777777" w:rsidR="00260FAF" w:rsidRPr="005F3F4D" w:rsidRDefault="00260FAF" w:rsidP="002620BF">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F3F4D">
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Evaluation Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7249" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="02A1867E" w14:textId="3CB19866" w:rsidR="00260FAF" w:rsidRPr="00B715C3" w:rsidRDefault="00260FAF" w:rsidP="002620BF">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B715C3">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>Enter date or month of evaluation</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00260FAF" w14:paraId="043D0165" w14:textId="77777777" w:rsidTr="0071585E">
         <w:tc>
@@ -3006,69 +2974,69 @@
     <w:altName w:val="Aharoni"/>
     <w:charset w:val="B1"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000803" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000021" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="676849374"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="6533733C" w14:textId="338097CC" w:rsidR="009D4636" w:rsidRDefault="001A3228" w:rsidP="00D40D63">
+      <w:p w14:paraId="6533733C" w14:textId="4C2AA84F" w:rsidR="009D4636" w:rsidRDefault="001A3228" w:rsidP="00D40D63">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> DATE \@ "MMMM d, yyyy" </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00144966">
+        <w:r w:rsidR="003C2EEA">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
-          <w:t>April 21, 2025</w:t>
+          <w:t>October 3, 2025</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r>
           <w:t xml:space="preserve">       </w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -4253,202 +4221,212 @@
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="410857578">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1112477637">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="556471961">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="511066628">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="593560103">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="2095281127">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="74"/>
-  <w:proofState w:spelling="clean"/>
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00553F64"/>
     <w:rsid w:val="00016904"/>
     <w:rsid w:val="00046B10"/>
     <w:rsid w:val="00056096"/>
     <w:rsid w:val="00065BEE"/>
+    <w:rsid w:val="00077574"/>
     <w:rsid w:val="000A33B6"/>
     <w:rsid w:val="000C3614"/>
     <w:rsid w:val="000F2045"/>
     <w:rsid w:val="000F3A18"/>
     <w:rsid w:val="0010138B"/>
     <w:rsid w:val="00101C38"/>
     <w:rsid w:val="001063C3"/>
     <w:rsid w:val="001325DF"/>
     <w:rsid w:val="00137B40"/>
     <w:rsid w:val="00144966"/>
     <w:rsid w:val="00147625"/>
     <w:rsid w:val="001A20F2"/>
     <w:rsid w:val="001A3228"/>
     <w:rsid w:val="001A4D20"/>
     <w:rsid w:val="001B4BC1"/>
     <w:rsid w:val="001D017C"/>
     <w:rsid w:val="001E62AA"/>
     <w:rsid w:val="00220841"/>
     <w:rsid w:val="00231858"/>
     <w:rsid w:val="00244EA3"/>
     <w:rsid w:val="00260FAF"/>
     <w:rsid w:val="002620BF"/>
     <w:rsid w:val="0028063E"/>
     <w:rsid w:val="002B0313"/>
     <w:rsid w:val="002C4895"/>
     <w:rsid w:val="002C74A3"/>
     <w:rsid w:val="002D30C3"/>
     <w:rsid w:val="002E44E9"/>
     <w:rsid w:val="00355C7F"/>
+    <w:rsid w:val="003628CC"/>
+    <w:rsid w:val="003C2EEA"/>
     <w:rsid w:val="003F30B3"/>
     <w:rsid w:val="00403F73"/>
     <w:rsid w:val="00405859"/>
     <w:rsid w:val="00441369"/>
     <w:rsid w:val="00453A4F"/>
     <w:rsid w:val="00463445"/>
+    <w:rsid w:val="0047312F"/>
     <w:rsid w:val="004875B8"/>
     <w:rsid w:val="004B22AC"/>
     <w:rsid w:val="004E436B"/>
     <w:rsid w:val="004F440D"/>
     <w:rsid w:val="00507D02"/>
     <w:rsid w:val="005100E7"/>
     <w:rsid w:val="0054269A"/>
     <w:rsid w:val="005438C7"/>
     <w:rsid w:val="00553F64"/>
     <w:rsid w:val="0056410B"/>
     <w:rsid w:val="005712AF"/>
     <w:rsid w:val="00576E92"/>
     <w:rsid w:val="005C6B7C"/>
     <w:rsid w:val="005E65A4"/>
     <w:rsid w:val="006573BC"/>
+    <w:rsid w:val="0066389D"/>
     <w:rsid w:val="00673E99"/>
     <w:rsid w:val="006D12F1"/>
     <w:rsid w:val="006F2409"/>
     <w:rsid w:val="006F7782"/>
     <w:rsid w:val="0070173D"/>
     <w:rsid w:val="007076F3"/>
     <w:rsid w:val="007341FA"/>
     <w:rsid w:val="007370D0"/>
     <w:rsid w:val="00755B93"/>
     <w:rsid w:val="007B3B1A"/>
     <w:rsid w:val="007B3CD4"/>
+    <w:rsid w:val="007D1D47"/>
     <w:rsid w:val="007E09A5"/>
     <w:rsid w:val="007F1534"/>
     <w:rsid w:val="00811E9F"/>
     <w:rsid w:val="00830FCE"/>
     <w:rsid w:val="00836639"/>
     <w:rsid w:val="00842681"/>
     <w:rsid w:val="00842C84"/>
     <w:rsid w:val="00843FD6"/>
     <w:rsid w:val="00852705"/>
     <w:rsid w:val="0089502C"/>
+    <w:rsid w:val="008A5CBB"/>
     <w:rsid w:val="008C13A7"/>
     <w:rsid w:val="008C71AD"/>
     <w:rsid w:val="008E1852"/>
     <w:rsid w:val="008E3AAF"/>
     <w:rsid w:val="00906568"/>
     <w:rsid w:val="00910862"/>
     <w:rsid w:val="00922D83"/>
     <w:rsid w:val="00941B0E"/>
     <w:rsid w:val="00947B4F"/>
     <w:rsid w:val="00965B16"/>
     <w:rsid w:val="00971AA0"/>
     <w:rsid w:val="009753D6"/>
     <w:rsid w:val="009821C3"/>
     <w:rsid w:val="009825FD"/>
     <w:rsid w:val="009A46F0"/>
     <w:rsid w:val="009D3030"/>
     <w:rsid w:val="009D4636"/>
     <w:rsid w:val="00A17A08"/>
     <w:rsid w:val="00B0649D"/>
     <w:rsid w:val="00B5112A"/>
     <w:rsid w:val="00B715C3"/>
     <w:rsid w:val="00B808A8"/>
     <w:rsid w:val="00BA1BF8"/>
     <w:rsid w:val="00BA1E8E"/>
     <w:rsid w:val="00BA7CE1"/>
+    <w:rsid w:val="00C051CE"/>
     <w:rsid w:val="00C26A70"/>
     <w:rsid w:val="00C47D12"/>
+    <w:rsid w:val="00C95B43"/>
     <w:rsid w:val="00D07B3D"/>
     <w:rsid w:val="00D362F7"/>
     <w:rsid w:val="00D40D63"/>
     <w:rsid w:val="00DA6904"/>
     <w:rsid w:val="00DC0857"/>
     <w:rsid w:val="00DE0E2D"/>
     <w:rsid w:val="00E04D9B"/>
     <w:rsid w:val="00E14E1A"/>
     <w:rsid w:val="00E15E09"/>
     <w:rsid w:val="00E52AA3"/>
     <w:rsid w:val="00E632F4"/>
     <w:rsid w:val="00E65163"/>
     <w:rsid w:val="00E93F05"/>
     <w:rsid w:val="00EB5F2F"/>
     <w:rsid w:val="00ED092F"/>
     <w:rsid w:val="00ED7231"/>
     <w:rsid w:val="00EF25BD"/>
     <w:rsid w:val="00F03EDF"/>
     <w:rsid w:val="00F13B03"/>
     <w:rsid w:val="00F2741E"/>
     <w:rsid w:val="00F322E6"/>
     <w:rsid w:val="00F40334"/>
     <w:rsid w:val="00F60ED1"/>
     <w:rsid w:val="00F83FD4"/>
+    <w:rsid w:val="00FD10E3"/>
     <w:rsid w:val="31E4AE9D"/>
     <w:rsid w:val="3464BB01"/>
     <w:rsid w:val="623E3716"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -5052,50 +5030,51 @@
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00965B16"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
@@ -5696,56 +5675,80 @@
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00755B93"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F40334"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C95B43"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
+    <w:div w:id="214856709">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="458693313">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="832716598">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -5787,51 +5790,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2086489967">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ufgau.org/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://admin.hr.ufl.edu/employee-management/employee-development-and-support/remote-work-considerations/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.ufl.edu/benefits/health/health-coverage/gatorgradcare" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://admin.hr.ufl.edu/employee-management/positions-and-assignments/student-appointments/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://regulations.ufl.edu/wp-content/uploads/2012/09/1.009.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://registrar.ufl.edu/services/residency" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://graduateschool.ufl.edu/academics/petition/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grad.ufl.edu/academics/handbook/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.ufl.edu/forms-policies/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.coi.ufl.edu" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://policy.ufl.edu/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fa.ufl.edu/directive-categories/tuition-and-fees/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ufgau.org/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fa.ufl.edu/directive-categories/tuition-and-fees/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://admin.hr.ufl.edu/employee-management/positions-and-assignments/student-appointments/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://graduateschool.ufl.edu/academics/petition/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://regulations.ufl.edu/wp-content/uploads/2012/09/1.009.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://registrar.ufl.edu/services/residency" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.ufl.edu/forms-policies/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://policy.ufl.edu/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grad.ufl.edu/academics/handbook/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
@@ -6059,76 +6062,76 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>8198</Characters>
+  <Pages>3</Pages>
+  <Words>1318</Words>
+  <Characters>7519</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>68</Lines>
-  <Paragraphs>19</Paragraphs>
+  <Lines>62</Lines>
+  <Paragraphs>17</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>University of Florida</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9617</CharactersWithSpaces>
+  <CharactersWithSpaces>8820</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Anaya-Dominguez, Nerea A</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>a790ad0c64ca544262f2cacf2993a92e247638857da74497a7cc93abf26968c8</vt:lpwstr>
   </property>