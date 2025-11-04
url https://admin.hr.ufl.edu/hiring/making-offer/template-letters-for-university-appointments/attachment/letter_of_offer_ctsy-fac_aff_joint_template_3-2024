--- v0 (2025-10-05)
+++ v1 (2025-11-04)
@@ -8,101 +8,101 @@
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/commentsExtended.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml"/>
   <Override PartName="/word/commentsIds.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsIds+xml"/>
   <Override PartName="/word/commentsExtensible.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtensible+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="6DC07269" w14:textId="48EEE694" w:rsidR="006573BC" w:rsidRDefault="00431002" w:rsidP="00431002">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4545"/>
         </w:tabs>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="288076B0" w14:textId="77777777" w:rsidR="00D52612" w:rsidRDefault="00D52612" w:rsidP="00D52612">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0CA67E49" w14:textId="156A4A53" w:rsidR="00D52612" w:rsidRDefault="00D52612" w:rsidP="00D52612">
+    <w:p w14:paraId="0CA67E49" w14:textId="5EA8A3BF" w:rsidR="00D52612" w:rsidRDefault="00D52612" w:rsidP="00D52612">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Last Updated: </w:t>
       </w:r>
-      <w:r w:rsidR="00262F72">
+      <w:r w:rsidR="00667F9E">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>August 20, 2024</w:t>
+        <w:t>October 3, 2025</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A478006" w14:textId="77777777" w:rsidR="00D52612" w:rsidRPr="00523F62" w:rsidRDefault="00D52612" w:rsidP="00D52612">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="2F5496" w:themeColor="accent5" w:themeShade="BF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00523F62">
         <w:rPr>
           <w:b/>
           <w:color w:val="2F5496" w:themeColor="accent5" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Instructions</w:t>
       </w:r>
       <w:r w:rsidRPr="00523F62">
         <w:rPr>
           <w:b/>
           <w:color w:val="2F5496" w:themeColor="accent5" w:themeShade="BF"/>
         </w:rPr>
         <w:t>:</w:t>
@@ -153,88 +153,136 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="3646A4F2" w14:textId="77777777" w:rsidR="00D52612" w:rsidRPr="00DD2C05" w:rsidRDefault="00D52612" w:rsidP="00D52612">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F7CAAC" w:themeFill="accent2" w:themeFillTint="66"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="450"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Letter must be printed on official UF letterhead.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DD39742" w14:textId="15E705AB" w:rsidR="00D52612" w:rsidRPr="00D52612" w:rsidRDefault="00D52612" w:rsidP="00D52612">
+    <w:p w14:paraId="2DD39742" w14:textId="15E705AB" w:rsidR="00D52612" w:rsidRDefault="00D52612" w:rsidP="00D52612">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F7CAAC" w:themeFill="accent2" w:themeFillTint="66"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="450"/>
         <w:contextualSpacing/>
         <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007205CF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Remove language from header</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB7366">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007205CF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>and footer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76D7356A" w14:textId="592F4797" w:rsidR="00667F9E" w:rsidRPr="00667F9E" w:rsidRDefault="00667F9E" w:rsidP="00667F9E">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F7CAAC" w:themeFill="accent2" w:themeFillTint="66"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="450"/>
+        <w:contextualSpacing/>
+        <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007205CF">
-        <w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Remove language from header</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">Appointments involving </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>researcher</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>and footer.</w:t>
+        <w:t xml:space="preserve"> or research support activities must complete RISC screening prior to offer being extended. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25F7AB16" w14:textId="77777777" w:rsidR="00D52612" w:rsidRDefault="00D52612" w:rsidP="00D52612">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6E0D6B50" w14:textId="24B3EF7F" w:rsidR="00D52612" w:rsidRPr="00C96D4F" w:rsidRDefault="00D52612" w:rsidP="00D52612">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001300E4">
         <w:rPr>
           <w:bCs/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
@@ -904,50 +952,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>appointments outside of the UF Health Science Center.</w:t>
       </w:r>
       <w:r w:rsidRPr="00536108">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="319B3B6F" w14:textId="77777777" w:rsidR="001914F9" w:rsidRPr="00412055" w:rsidRDefault="001914F9" w:rsidP="001914F9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00412055">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Since your appointment is within the UF Health Science Center, you will be required to complete the university's Health Insurance Portability and Accountability Act (HIPAA) &amp; Privacy training, which includes a Confidentiality Statement attestation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B43D1EA" w14:textId="77777777" w:rsidR="001914F9" w:rsidRDefault="001914F9" w:rsidP="001914F9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0E925830" w14:textId="77777777" w:rsidR="001914F9" w:rsidRDefault="001914F9" w:rsidP="001914F9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Times" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="44546A" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0CCCC465" w14:textId="77777777" w:rsidR="001914F9" w:rsidRDefault="001914F9" w:rsidP="001914F9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -1006,58 +1055,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">Remove </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">this section </w:t>
       </w:r>
       <w:r w:rsidRPr="00536108">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>appointments outside of the UF Health Science Center</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> or </w:t>
+        <w:t xml:space="preserve">appointments outside of the UF Health Science Center or </w:t>
       </w:r>
       <w:commentRangeStart w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>if the following does not apply</w:t>
       </w:r>
       <w:commentRangeEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:commentReference w:id="0"/>
       </w:r>
       <w:r w:rsidRPr="00536108">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
@@ -1422,109 +1464,109 @@
     </w:p>
     <w:p w14:paraId="6CA7A44D" w14:textId="77777777" w:rsidR="00060B1D" w:rsidRPr="005E62DE" w:rsidRDefault="00060B1D" w:rsidP="007F1534">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00060B1D" w:rsidRPr="005E62DE" w:rsidSect="00356CCF">
       <w:headerReference w:type="default" r:id="rId15"/>
       <w:footerReference w:type="default" r:id="rId16"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1008" w:right="1008" w:bottom="1008" w:left="1008" w:header="720" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
-<w:comments xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:comments xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:comment w:id="0" w:author="Traster,Johannes R" w:date="2024-09-17T09:10:00Z" w:initials="JT">
     <w:p w14:paraId="05098E8F" w14:textId="77777777" w:rsidR="00D1792C" w:rsidRDefault="00D1792C" w:rsidP="00D1792C">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>This section is only applicable to UF Health Science Center appointments where all of the following criteria are met: the faculty member is not currently engaged in patient care as part of their primary (paid) faculty appointment; the faculty member will participate in providing patient care at any UF Health patient care location as a volunteer, separate from their primary assignment; and the faculty member holds a degree in MD, DO, DMD, DPM, PhD, PsyD, or PharmD.</w:t>
       </w:r>
     </w:p>
   </w:comment>
 </w:comments>
 </file>
 
 <file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
-<w15:commentsEx xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w15:commentsEx xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w15:commentEx w15:paraId="05098E8F" w15:done="0"/>
 </w15:commentsEx>
 </file>
 
 <file path=word/commentsExtensible.xml><?xml version="1.0" encoding="utf-8"?>
-<w16cex:commentsExtensible xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh cr w16du wp14">
+<w16cex:commentsExtensible xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl cr w16du wp14">
   <w16cex:commentExtensible w16cex:durableId="1FE56D7A" w16cex:dateUtc="2024-09-17T13:10:00Z"/>
 </w16cex:commentsExtensible>
 </file>
 
 <file path=word/commentsIds.xml><?xml version="1.0" encoding="utf-8"?>
-<w16cid:commentsIds xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w16cid:commentsIds xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w16cid:commentId w16cid:paraId="05098E8F" w16cid:durableId="1FE56D7A"/>
 </w16cid:commentsIds>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="1AE96D03" w14:textId="77777777" w:rsidR="00F05970" w:rsidRDefault="00F05970">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="2CEDE81B" w14:textId="77777777" w:rsidR="00F05970" w:rsidRDefault="00F05970">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -1545,155 +1587,154 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aharoni">
-    <w:altName w:val="Aharoni"/>
     <w:charset w:val="B1"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000803" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000021" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="676849374"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="1FBE38A2" w14:textId="4A15A403" w:rsidR="001A3228" w:rsidRDefault="001A3228" w:rsidP="001A3228">
+      <w:p w14:paraId="1FBE38A2" w14:textId="1CCDC892" w:rsidR="001A3228" w:rsidRDefault="001A3228" w:rsidP="001A3228">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> DATE \@ "MMMM d, yyyy" </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D1792C">
+        <w:r w:rsidR="00667F9E">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
-          <w:t>September 17, 2024</w:t>
+          <w:t>October 3, 2025</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r>
           <w:t xml:space="preserve">       </w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="169DFD30" w14:textId="25EF5A98" w:rsidR="31E4AE9D" w:rsidRDefault="31E4AE9D" w:rsidP="001A3228">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="5BA54E60" w14:textId="77777777" w:rsidR="00F05970" w:rsidRDefault="00F05970">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="30FEE086" w14:textId="77777777" w:rsidR="00F05970" w:rsidRDefault="00F05970">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4711ACF1" w14:textId="6FEF6118" w:rsidR="31E4AE9D" w:rsidRDefault="007F1534" w:rsidP="31E4AE9D">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r w:rsidRPr="00046B10">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="0" wp14:anchorId="691762CA" wp14:editId="02D24B42">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:posOffset>1986280</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>570865</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="2054225" cy="211455"/>
           <wp:effectExtent l="0" t="0" r="3175" b="0"/>
           <wp:wrapSquare wrapText="bothSides"/>
           <wp:docPr id="15" name="Picture 15"/>
           <wp:cNvGraphicFramePr/>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -1942,51 +1983,51 @@
                     <w:r w:rsidR="00355C7F">
                       <w:rPr>
                         <w:rFonts w:ascii="Aharoni" w:hAnsi="Aharoni" w:cs="Aharoni"/>
                         <w:b/>
                         <w:bCs/>
                         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
                         <w:sz w:val="40"/>
                         <w:szCs w:val="56"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="043D4FAB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="204C6674"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="810" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1530" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -2660,59 +2701,59 @@
   <w:num w:numId="1" w16cid:durableId="114179945">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="980499238">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1121345042">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="325986597">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="380910439">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1058478718">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="745034046">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
-<w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w15:person w15:author="Traster,Johannes R">
     <w15:presenceInfo w15:providerId="AD" w15:userId="S::jtraster2@UFL.EDU::9531e3a8-6d27-42fc-adfa-ce0da7a46194"/>
   </w15:person>
 </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
@@ -2732,69 +2773,71 @@
     <w:rsid w:val="001063C3"/>
     <w:rsid w:val="00147625"/>
     <w:rsid w:val="00170D95"/>
     <w:rsid w:val="00180E91"/>
     <w:rsid w:val="001914F9"/>
     <w:rsid w:val="00197F07"/>
     <w:rsid w:val="001A20F2"/>
     <w:rsid w:val="001A3228"/>
     <w:rsid w:val="001B38C8"/>
     <w:rsid w:val="001B617A"/>
     <w:rsid w:val="001C5768"/>
     <w:rsid w:val="001D4152"/>
     <w:rsid w:val="001E62AA"/>
     <w:rsid w:val="00244EA3"/>
     <w:rsid w:val="002520FB"/>
     <w:rsid w:val="00262F72"/>
     <w:rsid w:val="002B1614"/>
     <w:rsid w:val="002C74A3"/>
     <w:rsid w:val="003021D5"/>
     <w:rsid w:val="003208DB"/>
     <w:rsid w:val="00355773"/>
     <w:rsid w:val="00355C7F"/>
     <w:rsid w:val="00356CCF"/>
     <w:rsid w:val="0037035F"/>
     <w:rsid w:val="003A3B7F"/>
+    <w:rsid w:val="003B5087"/>
     <w:rsid w:val="003C11BF"/>
     <w:rsid w:val="00431002"/>
     <w:rsid w:val="004A08BF"/>
     <w:rsid w:val="004B4E19"/>
     <w:rsid w:val="004B6C33"/>
     <w:rsid w:val="004D1DC0"/>
     <w:rsid w:val="004E0DE3"/>
     <w:rsid w:val="004F440D"/>
     <w:rsid w:val="00553F64"/>
     <w:rsid w:val="0058797E"/>
     <w:rsid w:val="005C6B7C"/>
     <w:rsid w:val="005D637A"/>
     <w:rsid w:val="005E62DE"/>
     <w:rsid w:val="00604BA6"/>
     <w:rsid w:val="006104F7"/>
     <w:rsid w:val="006273C4"/>
     <w:rsid w:val="006573BC"/>
     <w:rsid w:val="00661732"/>
     <w:rsid w:val="00667BC5"/>
+    <w:rsid w:val="00667F9E"/>
     <w:rsid w:val="00673E46"/>
     <w:rsid w:val="00690828"/>
     <w:rsid w:val="006C35F6"/>
     <w:rsid w:val="006F2409"/>
     <w:rsid w:val="006F2DDD"/>
     <w:rsid w:val="007076F3"/>
     <w:rsid w:val="007424F1"/>
     <w:rsid w:val="00795D98"/>
     <w:rsid w:val="007A7F00"/>
     <w:rsid w:val="007B3CD4"/>
     <w:rsid w:val="007F1534"/>
     <w:rsid w:val="00817D81"/>
     <w:rsid w:val="00842C84"/>
     <w:rsid w:val="008526F6"/>
     <w:rsid w:val="00852705"/>
     <w:rsid w:val="008C13A7"/>
     <w:rsid w:val="008E3AAF"/>
     <w:rsid w:val="008F264C"/>
     <w:rsid w:val="00903C04"/>
     <w:rsid w:val="00906C9A"/>
     <w:rsid w:val="00921F60"/>
     <w:rsid w:val="00956FD4"/>
     <w:rsid w:val="00965B16"/>
     <w:rsid w:val="00977DAC"/>
     <w:rsid w:val="00981B9E"/>
@@ -2856,51 +2899,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="1EF52C2B"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{EE6299B1-4321-4C62-9827-F7DCF7CCCD69}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3469,50 +3512,51 @@
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00965B16"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
@@ -4111,51 +4155,51 @@
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00D1792C"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="257639662">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="694383587">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -4459,69 +4503,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>586</Words>
-  <Characters>3342</Characters>
+  <Words>605</Words>
+  <Characters>3449</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>27</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>28</Lines>
+  <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>University of Florida</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3921</CharactersWithSpaces>
+  <CharactersWithSpaces>4046</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Anaya-Dominguez, Nerea A</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>