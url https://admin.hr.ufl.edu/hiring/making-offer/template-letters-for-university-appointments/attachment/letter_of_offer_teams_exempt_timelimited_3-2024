--- v0 (2025-10-05)
+++ v1 (2025-11-05)
@@ -9,107 +9,95 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/commentsExtended.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml"/>
   <Override PartName="/word/commentsIds.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsIds+xml"/>
   <Override PartName="/word/commentsExtensible.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtensible+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="6ABF8481" w14:textId="23C1879C" w:rsidR="007F1534" w:rsidRDefault="007F1534" w:rsidP="623E3716">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="742F34C3" w14:textId="77777777" w:rsidR="001B4936" w:rsidRDefault="001B4936" w:rsidP="00BE19A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4DBB2B07" w14:textId="29C57168" w:rsidR="00AF328A" w:rsidRDefault="00AF328A" w:rsidP="00AF328A">
+    <w:p w14:paraId="4DBB2B07" w14:textId="0E165961" w:rsidR="00AF328A" w:rsidRDefault="00AF328A" w:rsidP="00AF328A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Last Updated: </w:t>
       </w:r>
-      <w:r w:rsidR="004450DD">
-[...21 lines deleted...]
-        <w:t>, 2024</w:t>
+      <w:r w:rsidR="00013B6A">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>October 3</w:t>
+      </w:r>
+      <w:r w:rsidR="001A7A51">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>, 2025</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E682A0D" w14:textId="77777777" w:rsidR="00BE19A6" w:rsidRPr="00523F62" w:rsidRDefault="00BE19A6" w:rsidP="00BE19A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="2F5496" w:themeColor="accent5" w:themeShade="BF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00523F62">
         <w:rPr>
           <w:b/>
           <w:color w:val="2F5496" w:themeColor="accent5" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Instructions</w:t>
       </w:r>
       <w:r w:rsidRPr="00523F62">
         <w:rPr>
           <w:b/>
           <w:color w:val="2F5496" w:themeColor="accent5" w:themeShade="BF"/>
         </w:rPr>
         <w:t>:</w:t>
@@ -139,73 +127,121 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="6DAF8654" w14:textId="77777777" w:rsidR="00BE19A6" w:rsidRPr="00DD2C05" w:rsidRDefault="00BE19A6" w:rsidP="00BE19A6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F7CAAC" w:themeFill="accent2" w:themeFillTint="66"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="450"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Letter must be printed on official UF letterhead.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01C134B0" w14:textId="77777777" w:rsidR="00BE19A6" w:rsidRPr="007205CF" w:rsidRDefault="00BE19A6" w:rsidP="00BE19A6">
+    <w:p w14:paraId="01C134B0" w14:textId="77777777" w:rsidR="00BE19A6" w:rsidRDefault="00BE19A6" w:rsidP="00BE19A6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F7CAAC" w:themeFill="accent2" w:themeFillTint="66"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="450"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007205CF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Remove language from header and footer.</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="63AEA81D" w14:textId="58825BBE" w:rsidR="00013B6A" w:rsidRPr="00013B6A" w:rsidRDefault="00013B6A" w:rsidP="00013B6A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F7CAAC" w:themeFill="accent2" w:themeFillTint="66"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="450"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Appointments involving </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>researcher</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or research support activities must complete RISC screening prior to offer being extended. </w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="193F12D0" w14:textId="77777777" w:rsidR="00BE19A6" w:rsidRDefault="00BE19A6" w:rsidP="00BE19A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="01B73BEF" w14:textId="77777777" w:rsidR="00BE19A6" w:rsidRPr="00C96D4F" w:rsidRDefault="00BE19A6" w:rsidP="00BE19A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001300E4">
         <w:rPr>
           <w:bCs/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -321,69 +357,78 @@
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidRPr="007F1534">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Classification Title</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidRPr="007F1534">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="007F1534">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">position </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidRPr="007F1534">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>#0000000</w:t>
+        <w:t>#</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007F1534">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>0000000</w:t>
       </w:r>
       <w:r w:rsidRPr="00536108">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidRPr="007F1534">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">, in the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidRPr="007F1534">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:highlight w:val="yellow"/>
@@ -812,51 +857,65 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007F1534">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">complete Section 1 of Form I-9 on or prior to your first day of employment.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A371237" w14:textId="74258C60" w:rsidR="007F1534" w:rsidRPr="007F1534" w:rsidRDefault="007F1534" w:rsidP="007F1534">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007F1534">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
-        <w:t>present documents that verify your identity and work authorization within the first three business days of your start date.</w:t>
+        <w:t xml:space="preserve">present documents that verify your identity </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007F1534">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>and work</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007F1534">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> authorization within the first three business days of your start date.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DC2A02B" w14:textId="77777777" w:rsidR="007F1534" w:rsidRPr="007F1534" w:rsidRDefault="007F1534" w:rsidP="007F1534">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5E8789CE" w14:textId="28482E50" w:rsidR="007F1534" w:rsidRPr="007F1534" w:rsidRDefault="007F1534" w:rsidP="007F1534">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007F1534">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t>Failure to provide the appropriate documentation by the end of the third business day as required by law may lead to termination of employment.</w:t>
       </w:r>
@@ -927,67 +986,100 @@
         </w:rPr>
         <w:t>TEAMS</w:t>
       </w:r>
       <w:r w:rsidR="00BE19A6" w:rsidRPr="00536108">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BE19A6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">employees </w:t>
       </w:r>
       <w:r w:rsidR="00BE19A6" w:rsidRPr="00536108">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>with no break in service]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E49C9CA" w14:textId="512F2F64" w:rsidR="00BE19A6" w:rsidRDefault="00B26A8D" w:rsidP="007F1534">
-[...6 lines deleted...]
-          <w:color w:val="203864"/>
+    <w:p w14:paraId="0E49C9CA" w14:textId="3D19F419" w:rsidR="00BE19A6" w:rsidRPr="001A7A51" w:rsidRDefault="001A7A51" w:rsidP="001A7A51">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Hlk48546695"/>
-      <w:r w:rsidRPr="00B26A8D">
-[...4 lines deleted...]
-        <w:t>As a TEAMS Exempt employee, you will serve an initial six-month probation period. At the end of the probationary period it may be completed successfully or extended in compliance with university regulations.</w:t>
+      <w:r w:rsidRPr="00BF5AD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>As a TEAMS (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5AD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Exempt or Non-Exempt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5AD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>) employee, you will serve a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n initial</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5AD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> six-month probationary period. At the conclusion of </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5AD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> six-month probationary period, your probation may be successfully concluded, extended, or ended in accordance with university regulations. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04915FB7" w14:textId="77777777" w:rsidR="00BE19A6" w:rsidRDefault="00BE19A6" w:rsidP="007F1534">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="203864"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3965CE80" w14:textId="77777777" w:rsidR="00BE19A6" w:rsidRDefault="00BE19A6" w:rsidP="007F1534">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="203864"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2444B205" w14:textId="77777777" w:rsidR="00BE19A6" w:rsidRDefault="00BE19A6" w:rsidP="007F1534">
@@ -1158,51 +1250,65 @@
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00870742" w:rsidRPr="00870742">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>The State of Florida and the University of Florida retain the right to modify or rescind any law or regulation governing the conditions of your employment.</w:t>
       </w:r>
       <w:r w:rsidR="00870742">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17FC00D2" w14:textId="02FC58C7" w:rsidR="00356CCF" w:rsidRPr="007F1534" w:rsidRDefault="00356CCF" w:rsidP="007F1534">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B617A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t>Please note, funding for this position is time-limited and may be eliminated or reduced as a result of conditions beyond the control of the University of Florida, which may result in termination of your employment.</w:t>
+        <w:t xml:space="preserve">Please note, funding for this position is time-limited and may be eliminated or reduced </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001B617A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>as a result of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001B617A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> conditions beyond the control of the University of Florida, which may result in termination of your employment.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p w14:paraId="5B7F4D46" w14:textId="77777777" w:rsidR="007F1534" w:rsidRPr="007F1534" w:rsidRDefault="007F1534" w:rsidP="007F1534">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3DC45C7C" w14:textId="26505065" w:rsidR="007F1534" w:rsidRPr="007F1534" w:rsidRDefault="007F1534" w:rsidP="007F1534">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
@@ -1456,51 +1562,65 @@
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="640F8AA2" w14:textId="36057E1B" w:rsidR="007F1534" w:rsidRPr="007F1534" w:rsidRDefault="007F1534" w:rsidP="007F1534">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="1F4E79"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="43464829" w14:textId="53CF1FCE" w:rsidR="007F1534" w:rsidRPr="007F1534" w:rsidRDefault="007F1534" w:rsidP="007F1534">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007F1534">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">As a new employee, you must choose one of the retirement plans available to eligible State University System employees*. An employee contribution of 3% is mandatory and enrollment deadlines may apply. Information regarding retirement plans can be found on the UFHR Benefits website </w:t>
+        <w:t xml:space="preserve">As a new employee, you must choose one of the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007F1534">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>retirement</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007F1534">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> plans available to eligible State University System employees*. An employee contribution of 3% is mandatory and enrollment deadlines may apply. Information regarding retirement plans can be found on the UFHR Benefits website </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidR="006565A7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           </w:rPr>
           <w:t>https://hr.ufl.edu/benefits/retirement</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="007F1534">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A4B2887" w14:textId="77777777" w:rsidR="007F1534" w:rsidRPr="007F1534" w:rsidRDefault="007F1534" w:rsidP="007F1534">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -1534,51 +1654,67 @@
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F4CB002" w14:textId="77777777" w:rsidR="007F1534" w:rsidRPr="007F1534" w:rsidRDefault="007F1534" w:rsidP="007F1534">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7C0921E0" w14:textId="77777777" w:rsidR="007F1534" w:rsidRPr="007F1534" w:rsidRDefault="007F1534" w:rsidP="007F1534">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007F1534">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:i/>
         </w:rPr>
-        <w:t>*Please note that employees who have received a pension or distribution from a State of Florida retirement plan may not be eligible for all plans and should contact MyFRS Financial Guidance Line at (866) 446-9377.</w:t>
+        <w:t xml:space="preserve">*Please note that employees who have received a pension or distribution from a State of Florida retirement plan may not be eligible for all plans and should contact </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F1534">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>MyFRS</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F1534">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Financial Guidance Line at (866) 446-9377.</w:t>
       </w:r>
       <w:r w:rsidRPr="007F1534">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="056596D3" w14:textId="77777777" w:rsidR="007F1534" w:rsidRPr="007F1534" w:rsidRDefault="007F1534" w:rsidP="007F1534">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="62465FAA" w14:textId="77777777" w:rsidR="00BE19A6" w:rsidRPr="007F1534" w:rsidRDefault="00BE19A6" w:rsidP="00BE19A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007F1534">
         <w:rPr>
@@ -2025,120 +2161,120 @@
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00536108">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
         <w:t>Date</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00582FBA" w:rsidRPr="007F1534" w:rsidSect="00356CCF">
       <w:headerReference w:type="default" r:id="rId17"/>
       <w:footerReference w:type="default" r:id="rId18"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1008" w:right="1008" w:bottom="1008" w:left="1008" w:header="720" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
-<w:comments xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:comments xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:comment w:id="2" w:author="Traster,Johannes R" w:date="2024-08-20T09:54:00Z" w:initials="JT">
     <w:p w14:paraId="0BC3A608" w14:textId="77777777" w:rsidR="00134BB1" w:rsidRDefault="00134BB1" w:rsidP="00134BB1">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Given your change from full-time non-exempt TEAMS to full-time exempt TEAMS, you may be eligible to enroll in the State University Optional Retirement Program.  Information on the SUSORP may be found here  </w:t>
       </w:r>
       <w:hyperlink r:id="rId1" w:history="1">
         <w:r w:rsidRPr="00444EFC">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>State University System Optional Retirement Program (ORP) – HR Benefits and Rewards (ufl.edu)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:comment>
 </w:comments>
 </file>
 
 <file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
-<w15:commentsEx xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w15:commentsEx xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w15:commentEx w15:paraId="0BC3A608" w15:done="0"/>
 </w15:commentsEx>
 </file>
 
 <file path=word/commentsExtensible.xml><?xml version="1.0" encoding="utf-8"?>
-<w16cex:commentsExtensible xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh cr w16du wp14">
+<w16cex:commentsExtensible xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl cr w16du wp14">
   <w16cex:commentExtensible w16cex:durableId="660D93F4" w16cex:dateUtc="2024-08-20T13:54:00Z"/>
 </w16cex:commentsExtensible>
 </file>
 
 <file path=word/commentsIds.xml><?xml version="1.0" encoding="utf-8"?>
-<w16cid:commentsIds xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w16cid:commentsIds xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w16cid:commentId w16cid:paraId="0BC3A608" w16cid:durableId="660D93F4"/>
 </w16cid:commentsIds>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="0909325C" w14:textId="77777777" w:rsidR="0038648E" w:rsidRDefault="0038648E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="14FEF8B5" w14:textId="77777777" w:rsidR="0038648E" w:rsidRDefault="0038648E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -2152,155 +2288,154 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aharoni">
-    <w:altName w:val="Aharoni"/>
     <w:charset w:val="B1"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000803" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000021" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="676849374"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="1FBE38A2" w14:textId="033FC75E" w:rsidR="001A3228" w:rsidRDefault="001A3228" w:rsidP="001A3228">
+      <w:p w14:paraId="1FBE38A2" w14:textId="21271617" w:rsidR="001A3228" w:rsidRDefault="001A3228" w:rsidP="001A3228">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> DATE \@ "MMMM d, yyyy" </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004450DD">
+        <w:r w:rsidR="00013B6A">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
-          <w:t>December 6, 2024</w:t>
+          <w:t>October 3, 2025</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r>
           <w:t xml:space="preserve">       </w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="169DFD30" w14:textId="25EF5A98" w:rsidR="31E4AE9D" w:rsidRDefault="31E4AE9D" w:rsidP="001A3228">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="794A82D2" w14:textId="77777777" w:rsidR="0038648E" w:rsidRDefault="0038648E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="4F971D43" w14:textId="77777777" w:rsidR="0038648E" w:rsidRDefault="0038648E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4711ACF1" w14:textId="6FEF6118" w:rsidR="31E4AE9D" w:rsidRDefault="007F1534" w:rsidP="31E4AE9D">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r w:rsidRPr="00046B10">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="0" wp14:anchorId="691762CA" wp14:editId="02D24B42">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:posOffset>1986280</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>570865</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="2054225" cy="211455"/>
           <wp:effectExtent l="0" t="0" r="3175" b="0"/>
           <wp:wrapSquare wrapText="bothSides"/>
           <wp:docPr id="15" name="Picture 15"/>
           <wp:cNvGraphicFramePr/>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -2637,51 +2772,51 @@
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Aharoni" w:hAnsi="Aharoni" w:cs="Aharoni"/>
                         <w:b/>
                         <w:bCs/>
                         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
                         <w:sz w:val="40"/>
                         <w:szCs w:val="56"/>
                       </w:rPr>
                       <w:t xml:space="preserve">Offer </w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="043D4FAB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="204C6674"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="810" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1530" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -3355,111 +3490,116 @@
   <w:num w:numId="1" w16cid:durableId="79252849">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="187376414">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="160969892">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="670987985">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1749614861">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1193423625">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="204028642">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
-<w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w15:person w15:author="Traster,Johannes R">
     <w15:presenceInfo w15:providerId="AD" w15:userId="S::jtraster2@UFL.EDU::9531e3a8-6d27-42fc-adfa-ce0da7a46194"/>
   </w15:person>
 </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="85"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00553F64"/>
+    <w:rsid w:val="00013B6A"/>
     <w:rsid w:val="00016904"/>
+    <w:rsid w:val="00045344"/>
     <w:rsid w:val="00046B10"/>
     <w:rsid w:val="00065BEE"/>
     <w:rsid w:val="000C3614"/>
     <w:rsid w:val="000D61B8"/>
     <w:rsid w:val="000F2045"/>
     <w:rsid w:val="000F3A18"/>
     <w:rsid w:val="001063C3"/>
     <w:rsid w:val="00134BB1"/>
     <w:rsid w:val="00147625"/>
     <w:rsid w:val="00173B91"/>
     <w:rsid w:val="001A20F2"/>
     <w:rsid w:val="001A3228"/>
+    <w:rsid w:val="001A7A51"/>
     <w:rsid w:val="001B4936"/>
     <w:rsid w:val="001B617A"/>
     <w:rsid w:val="001E62AA"/>
     <w:rsid w:val="0020534F"/>
     <w:rsid w:val="002068E8"/>
     <w:rsid w:val="00221CB4"/>
     <w:rsid w:val="00244EA3"/>
     <w:rsid w:val="00286F90"/>
     <w:rsid w:val="002C74A3"/>
     <w:rsid w:val="002E126B"/>
     <w:rsid w:val="00355C7F"/>
     <w:rsid w:val="00356CCF"/>
     <w:rsid w:val="00363F77"/>
     <w:rsid w:val="0038648E"/>
+    <w:rsid w:val="003B5087"/>
     <w:rsid w:val="003B595A"/>
     <w:rsid w:val="003E3B87"/>
     <w:rsid w:val="004450DD"/>
     <w:rsid w:val="00447C1C"/>
     <w:rsid w:val="004F440D"/>
     <w:rsid w:val="0053649F"/>
     <w:rsid w:val="00553F64"/>
     <w:rsid w:val="00582FBA"/>
     <w:rsid w:val="005C6B7C"/>
     <w:rsid w:val="006059AA"/>
     <w:rsid w:val="006565A7"/>
     <w:rsid w:val="006573BC"/>
     <w:rsid w:val="006F2409"/>
     <w:rsid w:val="007076F3"/>
     <w:rsid w:val="00731BA8"/>
     <w:rsid w:val="00735485"/>
     <w:rsid w:val="00765418"/>
     <w:rsid w:val="007B3CD4"/>
     <w:rsid w:val="007C3EED"/>
     <w:rsid w:val="007C71AD"/>
     <w:rsid w:val="007F1534"/>
     <w:rsid w:val="00842C84"/>
     <w:rsid w:val="008526F6"/>
     <w:rsid w:val="00852705"/>
     <w:rsid w:val="00870742"/>
@@ -3510,51 +3650,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="1EF52C2B"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{EE6299B1-4321-4C62-9827-F7DCF7CCCD69}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4717,51 +4857,51 @@
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="007F1534"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="220100535">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="393898369">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -5042,75 +5182,75 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>791</Words>
-  <Characters>4515</Characters>
+  <Words>819</Words>
+  <Characters>4670</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>37</Lines>
+  <Lines>38</Lines>
   <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>University of Florida</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5296</CharactersWithSpaces>
+  <CharactersWithSpaces>5479</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Anaya-Dominguez, Nerea A</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>831f5dd676f412007ec4ee2e869e9e2d0f697885680ec125169f87eff24f92a3</vt:lpwstr>
   </property>