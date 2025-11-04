--- v0 (2025-10-04)
+++ v1 (2025-11-04)
@@ -4,98 +4,105 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="6DC07269" w14:textId="2FEB238C" w:rsidR="006573BC" w:rsidRDefault="006573BC" w:rsidP="623E3716">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0C0CC18B" w14:textId="400C583D" w:rsidR="009C4CB1" w:rsidRDefault="009C4CB1" w:rsidP="009C4CB1">
       <w:pPr>
         <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="37045DAB" w14:textId="5D60D761" w:rsidR="00C06164" w:rsidRDefault="00C06164" w:rsidP="00C06164">
+    <w:p w14:paraId="37045DAB" w14:textId="31D2A195" w:rsidR="00C06164" w:rsidRDefault="00C06164" w:rsidP="00C06164">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Last Updated: </w:t>
       </w:r>
-      <w:r w:rsidR="002832C7">
-[...9 lines deleted...]
-        <w:t>, 2024</w:t>
+      <w:r w:rsidR="00932BD5">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>October 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00932BD5" w:rsidRPr="00932BD5">
+        <w:rPr>
+          <w:b/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>st</w:t>
+      </w:r>
+      <w:r w:rsidR="00932BD5">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>,2025</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E63084D" w14:textId="72B5D184" w:rsidR="003E4103" w:rsidRPr="003E4103" w:rsidRDefault="003E4103" w:rsidP="003E4103">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="2F5496" w:themeColor="accent5" w:themeShade="BF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00523F62">
         <w:rPr>
           <w:b/>
           <w:color w:val="2F5496" w:themeColor="accent5" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Instructions</w:t>
       </w:r>
       <w:r w:rsidRPr="00523F62">
         <w:rPr>
           <w:b/>
           <w:color w:val="2F5496" w:themeColor="accent5" w:themeShade="BF"/>
         </w:rPr>
         <w:t>:</w:t>
@@ -185,80 +192,106 @@
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F7CAAC" w:themeFill="accent2" w:themeFillTint="66"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="450"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Letter must be printed on official UF letterhead</w:t>
       </w:r>
       <w:r w:rsidR="005E2983">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F1D54DC" w14:textId="6DB99217" w:rsidR="003E4103" w:rsidRPr="007205CF" w:rsidRDefault="003E4103" w:rsidP="003E4103">
+    <w:p w14:paraId="0F1D54DC" w14:textId="6DB99217" w:rsidR="003E4103" w:rsidRDefault="003E4103" w:rsidP="003E4103">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F7CAAC" w:themeFill="accent2" w:themeFillTint="66"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="450"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007205CF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Remove language from header and footer</w:t>
       </w:r>
       <w:r w:rsidR="005E2983">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="49D3F7FA" w14:textId="6F0A363E" w:rsidR="00FF66D0" w:rsidRPr="00FF66D0" w:rsidRDefault="00FF66D0" w:rsidP="00FF66D0">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F7CAAC" w:themeFill="accent2" w:themeFillTint="66"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="450"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Appointments involving researcher or research support activities must complete RISC screening prior to offer being extended. </w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="734D2FFF" w14:textId="77777777" w:rsidR="003E4103" w:rsidRDefault="003E4103" w:rsidP="003E4103">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="73372CB0" w14:textId="60998375" w:rsidR="003E4103" w:rsidRPr="00C96D4F" w:rsidRDefault="003E4103" w:rsidP="003E4103">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001300E4">
         <w:rPr>
           <w:bCs/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
@@ -618,95 +651,78 @@
           <w:bCs/>
           <w:color w:val="1F4E79"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="09FC5D72" w14:textId="77777777" w:rsidR="0007286B" w:rsidRPr="00CA0595" w:rsidRDefault="0007286B" w:rsidP="0007286B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="203864"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA0595">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="203864"/>
         </w:rPr>
         <w:t>Pre-employment Screening</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3199927E" w14:textId="28E9CB19" w:rsidR="0007286B" w:rsidRPr="007F1534" w:rsidRDefault="0007286B" w:rsidP="0007286B">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+    <w:p w14:paraId="1D9B96AB" w14:textId="77777777" w:rsidR="00932BD5" w:rsidRPr="00932BD5" w:rsidRDefault="00932BD5" w:rsidP="00932BD5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00932BD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">We are excited you are joining our team. As part of the hiring process, a successful pre-employment screening must be completed for the offer of employment to take effect. This </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00932BD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
           <w:iCs/>
         </w:rPr>
-      </w:pPr>
-[...36 lines deleted...]
-        <w:t xml:space="preserve"> and any health assessments that may be required. </w:t>
+        <w:t>may</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00932BD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> include, but is not limited to, a satisfactory review of criminal records, reference checks, verification of education, verification of experience, any health assessments that may be required.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2737A70A" w14:textId="77777777" w:rsidR="001506BA" w:rsidRDefault="001506BA" w:rsidP="0007286B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="655E38FE" w14:textId="03E0CD75" w:rsidR="001506BA" w:rsidRPr="00CA0595" w:rsidRDefault="001506BA" w:rsidP="0007286B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="203864"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA0595">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -1176,299 +1192,120 @@
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>The State of Florida and the University of Florida retain the right to modify or rescind any law or regulation governing the conditions of your employment.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48A01C6F" w14:textId="7AE26916" w:rsidR="000731E6" w:rsidRPr="00CA0595" w:rsidRDefault="000731E6" w:rsidP="00A83C63">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="203864"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA0595">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="203864"/>
         </w:rPr>
         <w:t>Employment Classification</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B5AE02F" w14:textId="2DA8FD8D" w:rsidR="003443F4" w:rsidRDefault="00DA004B" w:rsidP="000731E6">
-[...87 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+    <w:p w14:paraId="52E47769" w14:textId="77777777" w:rsidR="00A5178F" w:rsidRPr="00BF5AD0" w:rsidRDefault="00A5178F" w:rsidP="00A5178F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5AD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Post-doctoral associate appointments are classified as temporary employment (OPS) and should not extend further than 4 years from the appointment date per UF Regulation 7.003. For this appointment, the maximum length of the appointment would be </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5178F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>(DATE 4 YEARS PLUS ONE DAY FROM APPOINTMENT)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5AD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00D5602A">
-[...33 lines deleted...]
-          <w:b/>
+    </w:p>
+    <w:p w14:paraId="21C5E750" w14:textId="77777777" w:rsidR="00A5178F" w:rsidRPr="00BF5AD0" w:rsidRDefault="00A5178F" w:rsidP="00A5178F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5AD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please note, your appointment may terminate sooner depending upon funding, misconduct and/or unsatisfactory performance, but it will not extend beyond </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5178F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>DATE 4 YEARS PLUS ONE DAY FROM APPOINTMENT</w:t>
-[...118 lines deleted...]
-      </w:pPr>
+        <w:t>(DATE)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A5C627C" w14:textId="79918669" w:rsidR="000731E6" w:rsidRPr="00A5178F" w:rsidRDefault="00A5178F" w:rsidP="00A5178F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5AD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This appointment is non-tenure accruing and does not count toward continuous employment or tenure eligibility should you be subsequently appointed to a non-OPS position. </w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="4D2437B0" w14:textId="7B06E783" w:rsidR="000731E6" w:rsidRDefault="000731E6" w:rsidP="00A83C63">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="1F4E79"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA0595">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="203864"/>
         </w:rPr>
         <w:t>Benefits</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0077D16F" w14:textId="2BB331A3" w:rsidR="00DE3264" w:rsidRDefault="00DE3264" w:rsidP="00DE3264">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
@@ -1481,85 +1318,107 @@
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://hr.ufl.edu/benefits/eligibility</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">. Please note that benefits enrollment is not automatic. If eligible, you will have 60 calendar days from your hire date to enroll. Please contact UFHR Benefits at (352) 392-2477 or </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidRPr="00BD3F35">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>benefits@ufl.edu</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> if you have questions or need further information.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58E170E6" w14:textId="77777777" w:rsidR="000731E6" w:rsidRDefault="000731E6" w:rsidP="000731E6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5BB5025E" w14:textId="54ED2108" w:rsidR="000731E6" w:rsidRDefault="000731E6" w:rsidP="000731E6">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="5BB5025E" w14:textId="4DB20743" w:rsidR="000731E6" w:rsidRDefault="00C148D2" w:rsidP="000731E6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C148D2">
+        <w:t xml:space="preserve">The Federal Insurance Contributions Act (FICA) Alternative Plan is a mandatory retirement savings plan under Internal Revenue Code section 401(a) with Fidelity Investments and is required for eligible </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C148D2">
+        <w:t>PostDoc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C148D2">
+        <w:t xml:space="preserve"> employees. Enrollment is automatic with a contribution rate of 7.5% bi-weekly; information regarding eligibility can be located at: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:tooltip="https://hr.ufl.edu/benefits/retirement/plans/fica" w:history="1">
+        <w:r w:rsidRPr="00C148D2">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>https://hr.ufl.edu/benefits/retirement/plans/fica</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00C148D2">
+        <w:t>. You may also voluntarily participate in other retirement saving plans; information regarding these plans may be viewed by navigating</w:t>
+      </w:r>
       <w:r>
-        <w:t xml:space="preserve">You may be eligible to participate in the FICA Alternative Plan and other deferred retirement plans.  Information regarding these plans may be reviewed on the following UFHR Benefits website:  </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidR="00BA3441" w:rsidRPr="004F3EAB">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C148D2">
+        <w:t>to: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:tooltip="https://hr.ufl.edu/benefits/retirement/plans" w:history="1">
+        <w:r w:rsidRPr="00C148D2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://hr.ufl.edu/benefits/retirement/plans</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00BA3441">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00C148D2">
+        <w:t>. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E26ADB2" w14:textId="0CE26188" w:rsidR="00CC20CC" w:rsidRDefault="00CC20CC" w:rsidP="000731E6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="63C4460B" w14:textId="0D955699" w:rsidR="00CC20CC" w:rsidRDefault="00CC20CC" w:rsidP="000731E6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00947ABD">
         <w:t>I would also like to call your attention to the Office of Postdoctoral Affairs (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
+      <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidRPr="00BD3F35">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>http://postdoc.aa.ufl.edu</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00947ABD">
         <w:t xml:space="preserve"> which may be a valuable resource for you during your employment at the University of Florida.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A28AFAF" w14:textId="77777777" w:rsidR="000731E6" w:rsidRDefault="000731E6" w:rsidP="000731E6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4F72F529" w14:textId="33CA25B2" w:rsidR="00DE3264" w:rsidRPr="00DE3264" w:rsidRDefault="00DE3264" w:rsidP="00DE3264">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -1574,78 +1433,133 @@
           <w:bCs/>
           <w:color w:val="203864"/>
         </w:rPr>
         <w:t>Leave Accrual</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60D00897" w14:textId="48D96532" w:rsidR="00DE3264" w:rsidRDefault="00DE3264" w:rsidP="00DE3264">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Full-time post-doctoral associates earn five hours of personal leave on a bi-weekly basis.  Leave is accrued on a pro-rated basis equivalent to time paid in a bi-weekly pay period.  Supervisory approval should be requested and obtained prior to using leave. In addition, you will be paid for all UF Holidays as well as four personal leave days in proportion to your FTE which shall be taken between December 26 and December 31.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52EC7C62" w14:textId="75CBD14A" w:rsidR="000731E6" w:rsidRDefault="000731E6" w:rsidP="00A83C63">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="1F4E79"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2728FD32" w14:textId="16D07DDD" w:rsidR="000731E6" w:rsidRPr="00CA0595" w:rsidRDefault="000731E6" w:rsidP="00A83C63">
+    <w:p w14:paraId="5BFB66FD" w14:textId="77777777" w:rsidR="00B413AC" w:rsidRDefault="00B413AC" w:rsidP="00A83C63">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="203864"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CA0595">
+    </w:p>
+    <w:p w14:paraId="75B8B355" w14:textId="77777777" w:rsidR="00B413AC" w:rsidRDefault="00B413AC" w:rsidP="00A83C63">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="203864"/>
         </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="197B6FCB" w14:textId="77777777" w:rsidR="00B413AC" w:rsidRDefault="00B413AC" w:rsidP="00A83C63">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="203864"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="574D42D0" w14:textId="77777777" w:rsidR="00B413AC" w:rsidRDefault="00B413AC" w:rsidP="00A83C63">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="203864"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7DBA4DFD" w14:textId="77777777" w:rsidR="00787BA5" w:rsidRDefault="00787BA5" w:rsidP="00A83C63">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="203864"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2728FD32" w14:textId="0E841F88" w:rsidR="000731E6" w:rsidRPr="00CA0595" w:rsidRDefault="000731E6" w:rsidP="00A83C63">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="203864"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA0595">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="203864"/>
+        </w:rPr>
         <w:t>Outside Activities</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0ADBC7C7" w14:textId="3E462FF2" w:rsidR="000731E6" w:rsidRDefault="000731E6" w:rsidP="00A83C63">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="000731E6">
         <w:t xml:space="preserve">If you wish to engage in a reportable outside activity or interest, or if you think you have a conflict of interest, you must notify your supervisor using the proper University of Florida process and obtain approval prior to engaging in these relationships.  This notification must be done annually for as long as you continue to engage in the outside relationship or have a conflict of interest.  For more information about the disclosure process and policy, please visit the Conflicts of Interest Program website: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidRPr="00F774C3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>www.coi.ufl.edu</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48D01EAA" w14:textId="77777777" w:rsidR="003443F4" w:rsidRPr="00947ABD" w:rsidRDefault="003443F4" w:rsidP="003443F4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="20400308" w14:textId="77777777" w:rsidR="00A91C9D" w:rsidRDefault="00A91C9D" w:rsidP="003443F4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5188E17A" w14:textId="77777777" w:rsidR="00A91C9D" w:rsidRDefault="00A91C9D" w:rsidP="003443F4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
@@ -1834,82 +1748,82 @@
     </w:p>
     <w:p w14:paraId="6A768263" w14:textId="77777777" w:rsidR="003443F4" w:rsidRPr="00947ABD" w:rsidRDefault="003443F4" w:rsidP="003443F4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00947ABD">
         <w:t>Signature:    _______________________     Date: _________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6679F575" w14:textId="77777777" w:rsidR="003443F4" w:rsidRDefault="003443F4" w:rsidP="00A83C63">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="76A968C4" w14:textId="5C2528C1" w:rsidR="000731E6" w:rsidRDefault="000731E6" w:rsidP="00A83C63">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="18995034" w14:textId="77777777" w:rsidR="000731E6" w:rsidRPr="000731E6" w:rsidRDefault="000731E6" w:rsidP="00A83C63">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="000731E6" w:rsidRPr="000731E6" w:rsidSect="00A1740C">
-      <w:headerReference w:type="default" r:id="rId16"/>
-      <w:footerReference w:type="default" r:id="rId17"/>
+      <w:headerReference w:type="default" r:id="rId17"/>
+      <w:footerReference w:type="default" r:id="rId18"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1008" w:right="630" w:bottom="1008" w:left="1008" w:header="720" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="66641DBA" w14:textId="77777777" w:rsidR="00614A01" w:rsidRDefault="00614A01">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="7589C601" w14:textId="77777777" w:rsidR="00614A01" w:rsidRDefault="00614A01">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -1933,145 +1847,145 @@
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aharoni">
     <w:altName w:val="Aharoni"/>
     <w:charset w:val="B1"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000803" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000021" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="676849374"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="1FBE38A2" w14:textId="40B461E5" w:rsidR="001A3228" w:rsidRDefault="001A3228" w:rsidP="001A3228">
+      <w:p w14:paraId="1FBE38A2" w14:textId="74B97B32" w:rsidR="001A3228" w:rsidRDefault="001A3228" w:rsidP="001A3228">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> DATE \@ "MMMM d, yyyy" </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="002832C7">
+        <w:r w:rsidR="00FF66D0">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
-          <w:t>December 6, 2024</w:t>
+          <w:t>October 23, 2025</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r>
           <w:t xml:space="preserve">       </w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="169DFD30" w14:textId="25EF5A98" w:rsidR="31E4AE9D" w:rsidRDefault="31E4AE9D" w:rsidP="001A3228">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="49011FBD" w14:textId="77777777" w:rsidR="00614A01" w:rsidRDefault="00614A01">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="5ADD44A1" w14:textId="77777777" w:rsidR="00614A01" w:rsidRDefault="00614A01">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4711ACF1" w14:textId="2027F28C" w:rsidR="31E4AE9D" w:rsidRDefault="00F2601B" w:rsidP="31E4AE9D">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r w:rsidRPr="00046B10">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="467CA0F4" wp14:editId="6F2EF174">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-222637</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="6362700" cy="771277"/>
               <wp:effectExtent l="0" t="0" r="19050" b="10160"/>
               <wp:wrapNone/>
               <wp:docPr id="11" name="Rectangle 11"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -2298,51 +2212,51 @@
                     <a:noFill/>
                   </a:ln>
                   <a:extLst>
                     <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                       <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                     </a:ext>
                   </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="043D4FAB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="204C6674"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="810" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1530" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -3108,223 +3022,236 @@
   <w:num w:numId="2" w16cid:durableId="1526096239">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="271481546">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="75593527">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2019191010">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1487864122">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1942571406">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="896748506">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="85"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00553F64"/>
     <w:rsid w:val="00016904"/>
     <w:rsid w:val="000423DB"/>
     <w:rsid w:val="00046B10"/>
     <w:rsid w:val="00065BEE"/>
     <w:rsid w:val="0007286B"/>
     <w:rsid w:val="000731E6"/>
+    <w:rsid w:val="00073F0A"/>
     <w:rsid w:val="000C3614"/>
     <w:rsid w:val="000F2045"/>
     <w:rsid w:val="000F3426"/>
     <w:rsid w:val="000F3A18"/>
     <w:rsid w:val="001063C3"/>
     <w:rsid w:val="001372F7"/>
     <w:rsid w:val="00147625"/>
     <w:rsid w:val="001506BA"/>
+    <w:rsid w:val="00171FAF"/>
     <w:rsid w:val="001A20F2"/>
     <w:rsid w:val="001A3228"/>
     <w:rsid w:val="001B617A"/>
     <w:rsid w:val="001E62AA"/>
     <w:rsid w:val="00244EA3"/>
     <w:rsid w:val="002832C7"/>
     <w:rsid w:val="002B492D"/>
     <w:rsid w:val="002C74A3"/>
     <w:rsid w:val="002D0FAC"/>
     <w:rsid w:val="002F3126"/>
+    <w:rsid w:val="002F545D"/>
     <w:rsid w:val="003443F4"/>
     <w:rsid w:val="00355C7F"/>
     <w:rsid w:val="00356CCF"/>
     <w:rsid w:val="003E4103"/>
     <w:rsid w:val="003F5588"/>
     <w:rsid w:val="00404D0A"/>
     <w:rsid w:val="0049249F"/>
     <w:rsid w:val="004E3F0C"/>
     <w:rsid w:val="004F440D"/>
     <w:rsid w:val="00503FEB"/>
     <w:rsid w:val="0053649F"/>
     <w:rsid w:val="00553720"/>
     <w:rsid w:val="00553F64"/>
     <w:rsid w:val="00562FDF"/>
     <w:rsid w:val="005B7319"/>
     <w:rsid w:val="005C6B7C"/>
     <w:rsid w:val="005D6E9D"/>
     <w:rsid w:val="005E2983"/>
     <w:rsid w:val="005F356A"/>
     <w:rsid w:val="00614A01"/>
     <w:rsid w:val="00642540"/>
     <w:rsid w:val="006573BC"/>
     <w:rsid w:val="00660141"/>
     <w:rsid w:val="00687A78"/>
     <w:rsid w:val="006C01B8"/>
+    <w:rsid w:val="006D459F"/>
     <w:rsid w:val="006E15B3"/>
     <w:rsid w:val="006F2409"/>
     <w:rsid w:val="0070311D"/>
     <w:rsid w:val="007076F3"/>
     <w:rsid w:val="00720D8A"/>
     <w:rsid w:val="00753D19"/>
+    <w:rsid w:val="00787BA5"/>
+    <w:rsid w:val="00790E78"/>
     <w:rsid w:val="007B3CD4"/>
     <w:rsid w:val="007F1534"/>
     <w:rsid w:val="00842C84"/>
     <w:rsid w:val="00844604"/>
     <w:rsid w:val="008526F6"/>
     <w:rsid w:val="00852705"/>
     <w:rsid w:val="008B50D7"/>
     <w:rsid w:val="008B6C45"/>
     <w:rsid w:val="008C13A7"/>
     <w:rsid w:val="008E3AAF"/>
     <w:rsid w:val="00900948"/>
+    <w:rsid w:val="00932BD5"/>
     <w:rsid w:val="00965B16"/>
     <w:rsid w:val="009821C3"/>
     <w:rsid w:val="009825FD"/>
     <w:rsid w:val="0098746E"/>
     <w:rsid w:val="009B3BAD"/>
     <w:rsid w:val="009C4CB1"/>
     <w:rsid w:val="009F7357"/>
     <w:rsid w:val="00A1740C"/>
     <w:rsid w:val="00A17C8E"/>
+    <w:rsid w:val="00A5178F"/>
     <w:rsid w:val="00A66D37"/>
+    <w:rsid w:val="00A72DCB"/>
     <w:rsid w:val="00A83C63"/>
     <w:rsid w:val="00A91C9D"/>
     <w:rsid w:val="00B25875"/>
+    <w:rsid w:val="00B413AC"/>
     <w:rsid w:val="00B432FF"/>
     <w:rsid w:val="00B808A8"/>
     <w:rsid w:val="00BA1BF8"/>
     <w:rsid w:val="00BA1E8E"/>
     <w:rsid w:val="00BA3441"/>
     <w:rsid w:val="00BA7CE1"/>
     <w:rsid w:val="00C06164"/>
     <w:rsid w:val="00C07EC3"/>
+    <w:rsid w:val="00C148D2"/>
     <w:rsid w:val="00C47D12"/>
     <w:rsid w:val="00C9567A"/>
     <w:rsid w:val="00C97117"/>
     <w:rsid w:val="00CA0595"/>
     <w:rsid w:val="00CC20CC"/>
     <w:rsid w:val="00CF309F"/>
     <w:rsid w:val="00D5602A"/>
     <w:rsid w:val="00D57F0B"/>
     <w:rsid w:val="00DA004B"/>
     <w:rsid w:val="00DC0857"/>
     <w:rsid w:val="00DE3264"/>
     <w:rsid w:val="00DE46A2"/>
     <w:rsid w:val="00E04D9B"/>
     <w:rsid w:val="00E52AA3"/>
     <w:rsid w:val="00E6011F"/>
     <w:rsid w:val="00E606EB"/>
     <w:rsid w:val="00EB5F2F"/>
     <w:rsid w:val="00EC425F"/>
     <w:rsid w:val="00ED092F"/>
     <w:rsid w:val="00ED53A7"/>
     <w:rsid w:val="00EF25BD"/>
     <w:rsid w:val="00F2601B"/>
     <w:rsid w:val="00F322E6"/>
     <w:rsid w:val="00FD2725"/>
     <w:rsid w:val="00FE31EE"/>
+    <w:rsid w:val="00FF66D0"/>
     <w:rsid w:val="31E4AE9D"/>
     <w:rsid w:val="3464BB01"/>
     <w:rsid w:val="623E3716"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="1EF52C2B"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{EE6299B1-4321-4C62-9827-F7DCF7CCCD69}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4499,112 +4426,138 @@
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="007F1534"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00404D0A"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="432432253">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="560361394">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="595403948">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1117063297">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1501968285">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1668824459">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:xxxxx@ufl.edu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.ufl.edu/benefits/retirement/plans" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.ufl.edu/manager-resources/recruitment-staffing/hiring-center/advertising-the-job/overview-of-appointments/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:benefits@ufl.edu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.ufl.edu/benefits/eligibility" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.coi.ufl.edu" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.ufl.edu/forms-policies/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://policy.ufl.edu/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://postdoc.aa.ufl.edu" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:xxxxx@ufl.edu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.ufl.edu/benefits/retirement/plans/fica" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.ufl.edu/manager-resources/recruitment-staffing/hiring-center/advertising-the-job/overview-of-appointments/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:benefits@ufl.edu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.coi.ufl.edu" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.ufl.edu/benefits/eligibility" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://postdoc.aa.ufl.edu" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.ufl.edu/forms-policies/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://policy.ufl.edu/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.ufl.edu/benefits/retirement/plans" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
@@ -4833,75 +4786,75 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1005</Words>
-  <Characters>5729</Characters>
+  <Words>1098</Words>
+  <Characters>6309</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>47</Lines>
-  <Paragraphs>13</Paragraphs>
+  <Lines>137</Lines>
+  <Paragraphs>52</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>University of Florida</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6721</CharactersWithSpaces>
+  <CharactersWithSpaces>7355</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Anaya-Dominguez, Nerea A</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>4276462c479a612c0d8b03fd04dab421b0983d2629d06f0f4fefff149a68926e</vt:lpwstr>
   </property>