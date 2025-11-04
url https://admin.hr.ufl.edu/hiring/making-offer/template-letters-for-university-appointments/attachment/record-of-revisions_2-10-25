--- v0 (2025-10-04)
+++ v1 (2025-11-04)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\m.haire\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="U:\EOR\Projects\Mass Offer Letter Update\Letters\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{06EC7C43-AFEE-4EC0-B695-3DCBB75A680E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{93C3CF37-48C5-42B5-9EE8-CC447A21A20B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{95C323C1-6831-4D9C-ABC7-4D84594490F5}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{95C323C1-6831-4D9C-ABC7-4D84594490F5}"/>
   </bookViews>
   <sheets>
     <sheet name="History of Updates" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'History of Updates'!$A$1:$C$29</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'History of Updates'!$A$1:$C$39</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="69" uniqueCount="45">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="89" uniqueCount="56">
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Offer Letter</t>
   </si>
   <si>
     <t>Included instructions section with 'last update' date; EIN adoption; updated probationary statement</t>
   </si>
   <si>
     <t>Updated probationary statement to correct grammar "upon completion, it may be completed"</t>
   </si>
   <si>
     <t>Post-Doc</t>
   </si>
   <si>
     <t>Faculty</t>
   </si>
   <si>
     <t>Included instructions section with 'last update' date; EIN adoption</t>
   </si>
   <si>
     <t>Included outside activities section; EIN adoption</t>
   </si>
   <si>
@@ -169,109 +169,136 @@
     <t>Replaced outdated alternate work location link</t>
   </si>
   <si>
     <t>All Applicable Templates</t>
   </si>
   <si>
     <t>TEAMS Exempt</t>
   </si>
   <si>
     <t>TEAMS Exempt Time-Limited</t>
   </si>
   <si>
     <t>Included removal instructions for benefits and retirement sections; added supplemental verbiage for retirement</t>
   </si>
   <si>
     <t>Adjunct Faculty</t>
   </si>
   <si>
     <t>Updated the pre employment screeing section to include "but not limited to" in the last sentence</t>
   </si>
   <si>
     <t>Added comments on what sections can be removed if/when applicable; adjusted signature requirement (can be Dean or Chair)</t>
   </si>
   <si>
     <t xml:space="preserve">Updated Health Benefits Language for 9-Month, 12-month and Graduate Student Admission Letters. Updated language provides more infoarmiton on GatorGradCare enrollment. </t>
+  </si>
+  <si>
+    <t>All letters</t>
+  </si>
+  <si>
+    <t>Research or research support clearance reminder added to the instructions section (at top of letter templates)</t>
+  </si>
+  <si>
+    <t>Out of Unit Faculty</t>
+  </si>
+  <si>
+    <t>Outside Activities section added</t>
+  </si>
+  <si>
+    <t>Revised language for employment classification section</t>
+  </si>
+  <si>
+    <t>Revised language to FICA information</t>
+  </si>
+  <si>
+    <t>Revised language for Probationary Period section</t>
+  </si>
+  <si>
+    <t>Revised language for waiving insurance coverage</t>
+  </si>
+  <si>
+    <t>Per Conflict of Interest department, remove the Outside Activities section</t>
+  </si>
+  <si>
+    <t>Removed the RISC Screening box (previously at the end of the letter); instead of answering this question, all template letters include an instruction at the top reminding departments about RISC clearance</t>
+  </si>
+  <si>
+    <t>The remote work location agreement has been removed from the Assigned Work Location section.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="2" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="7">
+  <cellXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
-      <alignment horizontal="right"/>
-[...4 lines deleted...]
-    <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
@@ -552,441 +579,551 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BA4503B9-91DD-40F1-BD48-FB6EBB85B23A}">
-  <dimension ref="A1:C34"/>
+  <dimension ref="A1:C44"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="C1" workbookViewId="0">
-      <selection activeCell="C2" sqref="C2"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="C15" sqref="C15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="27" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="18.85546875" customWidth="1"/>
     <col min="3" max="3" width="255.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A2" s="5" t="s">
+      <c r="A2" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="B2" s="4">
+        <v>45961</v>
+      </c>
+      <c r="C2" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="3" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A3" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="B3" s="4">
+        <v>45961</v>
+      </c>
+      <c r="C3" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="4" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A4" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="B4" s="4">
+        <v>45961</v>
+      </c>
+      <c r="C4" s="3" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="B5" s="4">
+        <v>45961</v>
+      </c>
+      <c r="C5" s="3" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="6" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A6" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="B6" s="4">
+        <v>45961</v>
+      </c>
+      <c r="C6" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="7" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A7" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="B2" s="6">
+      <c r="B7" s="4">
+        <v>45961</v>
+      </c>
+      <c r="C7" s="3" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="8" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A8" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B8" s="4">
+        <v>45961</v>
+      </c>
+      <c r="C8" s="3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="9" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A9" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B9" s="4">
+        <v>45961</v>
+      </c>
+      <c r="C9" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="10" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A10" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="B10" s="4">
+        <v>45961</v>
+      </c>
+      <c r="C10" s="3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="11" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A11" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="B11" s="4">
+        <v>45961</v>
+      </c>
+      <c r="C11" s="3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="12" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A12" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B12" s="4">
         <v>45768</v>
       </c>
-      <c r="C2" s="5" t="s">
+      <c r="C12" s="3" t="s">
         <v>44</v>
-      </c>
-[...108 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="13" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A13" t="s">
-        <v>14</v>
+        <v>41</v>
       </c>
       <c r="B13" s="1">
-        <v>45134</v>
-[...2 lines deleted...]
-        <v>30</v>
+        <v>45698</v>
+      </c>
+      <c r="C13" s="3" t="s">
+        <v>43</v>
       </c>
     </row>
     <row r="14" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A14" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>45134</v>
+        <v>41</v>
+      </c>
+      <c r="B14" s="4">
+        <v>45635</v>
       </c>
       <c r="C14" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A15" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-        <v>27</v>
+        <v>37</v>
+      </c>
+      <c r="B15" s="4">
+        <v>45635</v>
+      </c>
+      <c r="C15" s="3" t="s">
+        <v>42</v>
       </c>
     </row>
     <row r="16" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A16" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B16" s="1">
-        <v>45065</v>
+        <v>45524</v>
       </c>
       <c r="C16" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
     </row>
     <row r="17" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A17" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="B17" s="1">
-        <v>44991</v>
+        <v>45524</v>
       </c>
       <c r="C17" t="s">
-        <v>25</v>
+        <v>40</v>
       </c>
     </row>
     <row r="18" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A18" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="B18" s="1">
-        <v>44964</v>
+        <v>45524</v>
       </c>
       <c r="C18" t="s">
-        <v>24</v>
+        <v>40</v>
       </c>
     </row>
     <row r="19" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A19" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
       <c r="B19" s="1">
-        <v>44963</v>
+        <v>45520</v>
       </c>
       <c r="C19" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
     </row>
     <row r="20" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A20" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="B20" s="1">
-        <v>44958</v>
+        <v>45520</v>
       </c>
       <c r="C20" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
     </row>
     <row r="21" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A21" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="B21" s="1">
-        <v>44958</v>
+        <v>45476</v>
       </c>
       <c r="C21" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
     </row>
     <row r="22" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A22" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="B22" s="1">
-        <v>44958</v>
+        <v>45334</v>
       </c>
       <c r="C22" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="23" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B23" s="1">
-        <v>44958</v>
+        <v>45134</v>
       </c>
       <c r="C23" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
     </row>
     <row r="24" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A24" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="B24" s="1">
-        <v>44958</v>
+        <v>45134</v>
       </c>
       <c r="C24" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
     </row>
     <row r="25" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A25" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="B25" s="1">
-        <v>44500</v>
+        <v>45119</v>
       </c>
       <c r="C25" t="s">
-        <v>3</v>
+        <v>27</v>
       </c>
     </row>
     <row r="26" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A26" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B26" s="1">
-        <v>44498</v>
+        <v>45065</v>
       </c>
       <c r="C26" t="s">
-        <v>2</v>
+        <v>26</v>
       </c>
     </row>
     <row r="27" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A27" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="B27" s="1">
-        <v>44498</v>
+        <v>44991</v>
       </c>
       <c r="C27" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="28" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A28" t="s">
-        <v>5</v>
+        <v>23</v>
       </c>
       <c r="B28" s="1">
-        <v>44498</v>
+        <v>44964</v>
       </c>
       <c r="C28" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="29" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A29" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B29" s="1">
-        <v>44498</v>
+        <v>44963</v>
       </c>
       <c r="C29" t="s">
-        <v>7</v>
+        <v>22</v>
       </c>
     </row>
     <row r="30" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A30" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B30" s="1">
-        <v>44302</v>
-[...2 lines deleted...]
-        <v>11</v>
+        <v>44958</v>
+      </c>
+      <c r="C30" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="31" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A31" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="B31" s="1">
-        <v>44302</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>44958</v>
+      </c>
+      <c r="C31" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="32" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A32" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="B32" s="1">
-        <v>44119</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>44958</v>
+      </c>
+      <c r="C32" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="33" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A33" t="s">
-        <v>4</v>
+        <v>15</v>
       </c>
       <c r="B33" s="1">
-        <v>44119</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>44958</v>
+      </c>
+      <c r="C33" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="34" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A34" t="s">
+        <v>13</v>
+      </c>
+      <c r="B34" s="1">
+        <v>44958</v>
+      </c>
+      <c r="C34" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A35" t="s">
+        <v>12</v>
+      </c>
+      <c r="B35" s="1">
+        <v>44500</v>
+      </c>
+      <c r="C35" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A36" t="s">
+        <v>12</v>
+      </c>
+      <c r="B36" s="1">
+        <v>44498</v>
+      </c>
+      <c r="C36" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A37" t="s">
+        <v>4</v>
+      </c>
+      <c r="B37" s="1">
+        <v>44498</v>
+      </c>
+      <c r="C37" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A38" t="s">
         <v>5</v>
       </c>
-      <c r="B34" s="1">
+      <c r="B38" s="1">
+        <v>44498</v>
+      </c>
+      <c r="C38" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A39" t="s">
+        <v>13</v>
+      </c>
+      <c r="B39" s="1">
+        <v>44498</v>
+      </c>
+      <c r="C39" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A40" t="s">
+        <v>13</v>
+      </c>
+      <c r="B40" s="1">
+        <v>44302</v>
+      </c>
+      <c r="C40" s="3" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A41" t="s">
+        <v>9</v>
+      </c>
+      <c r="B41" s="1">
+        <v>44302</v>
+      </c>
+      <c r="C41" s="3" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A42" t="s">
+        <v>12</v>
+      </c>
+      <c r="B42" s="1">
         <v>44119</v>
       </c>
-      <c r="C34" s="3" t="s">
+      <c r="C42" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A43" t="s">
+        <v>4</v>
+      </c>
+      <c r="B43" s="1">
+        <v>44119</v>
+      </c>
+      <c r="C43" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A44" t="s">
+        <v>5</v>
+      </c>
+      <c r="B44" s="1">
+        <v>44119</v>
+      </c>
+      <c r="C44" s="3" t="s">
         <v>17</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:C29" xr:uid="{BA4503B9-91DD-40F1-BD48-FB6EBB85B23A}">
-[...1 lines deleted...]
-      <sortCondition descending="1" ref="B1:B29"/>
+  <autoFilter ref="A1:C39" xr:uid="{BA4503B9-91DD-40F1-BD48-FB6EBB85B23A}">
+    <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:C44">
+      <sortCondition descending="1" ref="B1:B39"/>
     </sortState>
   </autoFilter>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>History of Updates</vt:lpstr>