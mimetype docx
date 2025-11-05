--- v0 (2025-10-05)
+++ v1 (2025-11-05)
@@ -4,95 +4,102 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="6ABF8481" w14:textId="34CA96C8" w:rsidR="007F1534" w:rsidRDefault="007F1534" w:rsidP="623E3716">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1961460C" w14:textId="77777777" w:rsidR="00B715C3" w:rsidRDefault="00B715C3" w:rsidP="00231858">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6FA89D95" w14:textId="38C6324E" w:rsidR="000D6897" w:rsidRDefault="000D6897" w:rsidP="000D6897">
+    <w:p w14:paraId="6FA89D95" w14:textId="2C0D21F4" w:rsidR="000D6897" w:rsidRDefault="000D6897" w:rsidP="000D6897">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Last Updated: </w:t>
       </w:r>
-      <w:r w:rsidR="00D51FB5">
+      <w:r w:rsidR="00BB658D">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>August 16</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="003850C5">
+        <w:t>October 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB658D" w:rsidRPr="00BB658D">
         <w:rPr>
           <w:b/>
-        </w:rPr>
-        <w:t>, 2024</w:t>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>st</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB658D">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>, 2025</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="523515B7" w14:textId="77777777" w:rsidR="00231858" w:rsidRPr="00523F62" w:rsidRDefault="00231858" w:rsidP="00231858">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="2F5496" w:themeColor="accent5" w:themeShade="BF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00523F62">
         <w:rPr>
           <w:b/>
           <w:color w:val="2F5496" w:themeColor="accent5" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Instructions</w:t>
       </w:r>
       <w:r w:rsidRPr="00523F62">
         <w:rPr>
           <w:b/>
           <w:color w:val="2F5496" w:themeColor="accent5" w:themeShade="BF"/>
         </w:rPr>
         <w:t>:</w:t>
@@ -266,50 +273,96 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="2ECCB138" w14:textId="306BB673" w:rsidR="00231858" w:rsidRDefault="00231858" w:rsidP="00231858">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F7CAAC" w:themeFill="accent2" w:themeFillTint="66"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="450"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007205CF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">If more than one academic or administrative unit are making commitments for employment, two separate Letters of Appointment should be provided to the student. </w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="271E47C4" w14:textId="259614AF" w:rsidR="00991378" w:rsidRDefault="00991378" w:rsidP="00231858">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F7CAAC" w:themeFill="accent2" w:themeFillTint="66"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="450"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00991378">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Appointments involving </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00991378">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>researcher</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00991378">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or research support activities must complete RISC screening prior to offer being extended</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="2F4322AF" w14:textId="3F0B63DD" w:rsidR="003544C8" w:rsidRPr="003544C8" w:rsidRDefault="003544C8" w:rsidP="003544C8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F7CAAC" w:themeFill="accent2" w:themeFillTint="66"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="450"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Letter must be printed on official UF letterhead.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DB77A8C" w14:textId="77777777" w:rsidR="00231858" w:rsidRPr="007205CF" w:rsidRDefault="00231858" w:rsidP="00231858">
       <w:pPr>
@@ -864,98 +917,90 @@
       <w:r w:rsidR="00F6021F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34706A34" w14:textId="77777777" w:rsidR="00BB188D" w:rsidRPr="00C502C8" w:rsidRDefault="00BB188D" w:rsidP="004A7F91">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C502C8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="1F4E79"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Assigned Work Location</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57A71EC9" w14:textId="22EB4F0E" w:rsidR="00BB188D" w:rsidRPr="001300E4" w:rsidRDefault="00BB188D" w:rsidP="004A7F91">
+    <w:p w14:paraId="57A71EC9" w14:textId="71D08BBD" w:rsidR="00BB188D" w:rsidRPr="001300E4" w:rsidRDefault="00BB188D" w:rsidP="004A7F91">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C502C8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">You are currently assigned to work at </w:t>
-      </w:r>
+        <w:t xml:space="preserve">You are currently assigned to work </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00C502C8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">at </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C502C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>__________ (i.e. main campus, Lake Nona, etc.)</w:t>
-      </w:r>
+        <w:t>__</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00C502C8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
-        </w:rPr>
-[...10 lines deleted...]
-      <w:r w:rsidR="00D51FB5">
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>________ (i.e. main campus, Lake Nona, etc.)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C502C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">. </w:t>
-      </w:r>
-[...10 lines deleted...]
-        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61B7D3CB" w14:textId="77777777" w:rsidR="00673E99" w:rsidRDefault="00673E99" w:rsidP="004A7F91">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="586E7BC3" w14:textId="77777777" w:rsidR="00BB188D" w:rsidRDefault="00BB188D" w:rsidP="004A7F91">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="2F5496"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="00075B17" w14:textId="77777777" w:rsidR="00BB188D" w:rsidRDefault="00BB188D" w:rsidP="004A7F91">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -1066,69 +1111,83 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="2BEA5479" w14:textId="756AADAE" w:rsidR="00BB188D" w:rsidRDefault="00DC1249" w:rsidP="004A7F91">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>This summer appointment is</w:t>
       </w:r>
       <w:r w:rsidR="00D40D63" w:rsidRPr="00D40D63">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> conditional upon</w:t>
       </w:r>
       <w:r w:rsidR="00BB188D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> all of the following</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00BB188D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>all of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BB188D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the following</w:t>
       </w:r>
       <w:r w:rsidR="00D40D63" w:rsidRPr="00D40D63">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F732002" w14:textId="3D2ABEE6" w:rsidR="00BB188D" w:rsidRDefault="00BB188D" w:rsidP="004A7F91">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:sectPr w:rsidR="00BB188D" w:rsidSect="00231858">
-          <w:headerReference w:type="default" r:id="rId12"/>
-          <w:footerReference w:type="default" r:id="rId13"/>
+          <w:headerReference w:type="default" r:id="rId11"/>
+          <w:footerReference w:type="default" r:id="rId12"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1008" w:right="1008" w:bottom="1008" w:left="1008" w:header="720" w:footer="0" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6900F754" w14:textId="275E15B2" w:rsidR="00D40D63" w:rsidRPr="00D40D63" w:rsidRDefault="00D40D63" w:rsidP="004A7F91">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D40D63">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>availability of funding</w:t>
       </w:r>
@@ -1283,95 +1342,95 @@
       </w:r>
       <w:r w:rsidRPr="00D40D63">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
       <w:r w:rsidR="00CD4247" w:rsidRPr="0089502C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Be aware that Self-funded and international courses are not eligible courses to meet the registration requirements for a tuition waiver.</w:t>
       </w:r>
       <w:r w:rsidR="00CD4247">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D40D63">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Tuition is included in your assistantship; all students are responsible for the fees associated with each credit hour of registration.  Detailed information on current tuition and fees can be found at the following website: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
+      <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidR="00BB188D" w:rsidRPr="00BB3642">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           </w:rPr>
           <w:t>https://www.fa.ufl.edu/directive-categories/tuition-and-fees/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00D40D63">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="531DEA3A" w14:textId="77777777" w:rsidR="004A7F91" w:rsidRDefault="004A7F91" w:rsidP="004A7F91">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="192F00A2" w14:textId="51C5AA66" w:rsidR="00BB188D" w:rsidRDefault="00D40D63" w:rsidP="004A7F91">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D40D63">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">If you do not meet all of the eligibility requirements outlined in this letter of appointment and in the Graduate Student Handbook </w:t>
       </w:r>
       <w:r w:rsidR="00CD4247">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidR="001B3C39">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           </w:rPr>
           <w:t>https://grad.ufl.edu/academics/handbook/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00CD4247">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">), </w:t>
       </w:r>
       <w:r w:rsidRPr="00D40D63">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">all tuition payments may be voided and rescinded. You agree that any change in eligibility of academic or employment status after your </w:t>
       </w:r>
       <w:r w:rsidRPr="00D40D63">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
@@ -1418,51 +1477,59 @@
           <w:bCs/>
           <w:color w:val="1F4E79"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Acknowledgment of Appointment</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D32AFF6" w14:textId="250A2A0A" w:rsidR="00D07B3D" w:rsidRDefault="00D07B3D" w:rsidP="004A7F91">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="006A0EC0">
         <w:t xml:space="preserve">Please review the details of the offer in this </w:t>
       </w:r>
       <w:r>
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidRPr="006A0EC0">
         <w:t xml:space="preserve">etter of </w:t>
       </w:r>
       <w:r>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="006A0EC0">
-        <w:t xml:space="preserve">ppointment and, if you agree to all of its terms and conditions, return a signed copy to me as soon as possible, but no later than </w:t>
+        <w:t xml:space="preserve">ppointment and, if you agree to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006A0EC0">
+        <w:t>all of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006A0EC0">
+        <w:t xml:space="preserve"> its terms and conditions, return a signed copy to me as soon as possible, but no later than </w:t>
       </w:r>
       <w:r w:rsidRPr="00DA6904">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidRPr="005F3F4D">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">insert </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>date</w:t>
       </w:r>
       <w:r w:rsidRPr="005F3F4D">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>]</w:t>
@@ -2188,51 +2255,51 @@
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="00F83FD4" w:rsidRPr="001A4D20">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">submit petition </w:t>
             </w:r>
             <w:r w:rsidRPr="001A4D20">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>to the Graduate School</w:t>
             </w:r>
             <w:r w:rsidR="00B5112A" w:rsidRPr="001A4D20">
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidR="00B5112A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r w:rsidR="001B3C39">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 </w:rPr>
                 <w:t>https://graduateschool.ufl.edu/academics/petition/</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D07B3D" w14:paraId="3D1FD94C" w14:textId="77777777" w:rsidTr="0071585E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2965" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6401D40F" w14:textId="77777777" w:rsidR="00D07B3D" w:rsidRPr="00B715C3" w:rsidRDefault="00D07B3D" w:rsidP="004A7F91">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B715C3">
               <w:rPr>
@@ -2599,70 +2666,70 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="077B2FDA" w14:textId="77777777" w:rsidR="00D07B3D" w:rsidRPr="00D07B3D" w:rsidRDefault="00D07B3D" w:rsidP="004A7F91">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00D07B3D" w:rsidRPr="00D07B3D" w:rsidSect="00D40D63">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1008" w:right="1008" w:bottom="1008" w:left="1008" w:header="720" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="00D8D281" w14:textId="77777777" w:rsidR="00AD303B" w:rsidRDefault="00AD303B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="1EFAAA66" w14:textId="77777777" w:rsidR="00AD303B" w:rsidRDefault="00AD303B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -2686,139 +2753,139 @@
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aharoni">
     <w:altName w:val="Aharoni"/>
     <w:charset w:val="B1"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000803" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000021" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="676849374"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="6533733C" w14:textId="3E5FB0C2" w:rsidR="009D4636" w:rsidRDefault="001A3228" w:rsidP="00D40D63">
+      <w:p w14:paraId="6533733C" w14:textId="0593B207" w:rsidR="009D4636" w:rsidRDefault="001A3228" w:rsidP="00D40D63">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> DATE \@ "MMMM d, yyyy" </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00A77B9C">
+        <w:r w:rsidR="007D6B83">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
-          <w:t>August 20, 2024</w:t>
+          <w:t>October 13, 2025</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r>
           <w:t xml:space="preserve">       </w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="04446E11" w14:textId="77777777" w:rsidR="00AD303B" w:rsidRDefault="00AD303B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="241F77A9" w14:textId="77777777" w:rsidR="00AD303B" w:rsidRDefault="00AD303B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4711ACF1" w14:textId="290BD631" w:rsidR="31E4AE9D" w:rsidRDefault="00D362F7" w:rsidP="31E4AE9D">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r w:rsidRPr="00046B10">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="0" wp14:anchorId="691762CA" wp14:editId="36AB3B31">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:posOffset>1986280</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>532765</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="2054225" cy="211455"/>
           <wp:effectExtent l="0" t="0" r="3175" b="0"/>
           <wp:wrapSquare wrapText="bothSides"/>
           <wp:docPr id="15" name="Picture 15"/>
           <wp:cNvGraphicFramePr/>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -3047,51 +3114,51 @@
                     <w:r w:rsidR="00D362F7">
                       <w:rPr>
                         <w:rFonts w:ascii="Aharoni" w:hAnsi="Aharoni" w:cs="Aharoni"/>
                         <w:b/>
                         <w:bCs/>
                         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
                         <w:sz w:val="40"/>
                         <w:szCs w:val="56"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> GA Employment </w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="043D4FAB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="204C6674"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="810" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1530" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -3881,225 +3948,232 @@
   <w:num w:numId="2" w16cid:durableId="787700842">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1009334206">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="999576528">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="438111509">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1623879570">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1047871276">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="633944466">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="85"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00553F64"/>
     <w:rsid w:val="00016904"/>
     <w:rsid w:val="00046B10"/>
     <w:rsid w:val="00054371"/>
     <w:rsid w:val="00065BEE"/>
     <w:rsid w:val="000A33B6"/>
     <w:rsid w:val="000C3614"/>
     <w:rsid w:val="000D6897"/>
     <w:rsid w:val="000F2045"/>
     <w:rsid w:val="000F3A18"/>
     <w:rsid w:val="001063C3"/>
     <w:rsid w:val="00147625"/>
     <w:rsid w:val="001A20F2"/>
     <w:rsid w:val="001A3228"/>
     <w:rsid w:val="001A4D20"/>
     <w:rsid w:val="001B3C39"/>
     <w:rsid w:val="001B4BC1"/>
     <w:rsid w:val="001C67A5"/>
     <w:rsid w:val="001E62AA"/>
     <w:rsid w:val="002047EA"/>
     <w:rsid w:val="00220841"/>
     <w:rsid w:val="00231858"/>
     <w:rsid w:val="00244EA3"/>
     <w:rsid w:val="0024510A"/>
     <w:rsid w:val="00260FAF"/>
+    <w:rsid w:val="00262350"/>
     <w:rsid w:val="002C74A3"/>
     <w:rsid w:val="00343355"/>
     <w:rsid w:val="003544C8"/>
     <w:rsid w:val="00355C7F"/>
     <w:rsid w:val="00365EAC"/>
     <w:rsid w:val="003850C5"/>
     <w:rsid w:val="003F30B3"/>
     <w:rsid w:val="004023C2"/>
     <w:rsid w:val="00405859"/>
     <w:rsid w:val="00441369"/>
     <w:rsid w:val="004875B8"/>
     <w:rsid w:val="004A7F91"/>
     <w:rsid w:val="004F440D"/>
     <w:rsid w:val="0054269A"/>
     <w:rsid w:val="005438C7"/>
     <w:rsid w:val="00553F64"/>
     <w:rsid w:val="0056410B"/>
     <w:rsid w:val="005712AF"/>
     <w:rsid w:val="00576E92"/>
     <w:rsid w:val="005C1D08"/>
     <w:rsid w:val="005C6B7C"/>
     <w:rsid w:val="005E0A57"/>
     <w:rsid w:val="006500A0"/>
     <w:rsid w:val="006573BC"/>
     <w:rsid w:val="00673E99"/>
+    <w:rsid w:val="006E0759"/>
     <w:rsid w:val="006F2409"/>
     <w:rsid w:val="006F7682"/>
     <w:rsid w:val="0070173D"/>
     <w:rsid w:val="007076F3"/>
     <w:rsid w:val="007370D0"/>
     <w:rsid w:val="00755B93"/>
     <w:rsid w:val="007B3B1A"/>
     <w:rsid w:val="007B3CD4"/>
     <w:rsid w:val="007B5E4D"/>
+    <w:rsid w:val="007D6B83"/>
     <w:rsid w:val="007E09A5"/>
     <w:rsid w:val="007E66FD"/>
     <w:rsid w:val="007F1534"/>
     <w:rsid w:val="00830FCE"/>
     <w:rsid w:val="00836639"/>
     <w:rsid w:val="00842C84"/>
     <w:rsid w:val="00852705"/>
     <w:rsid w:val="008C13A7"/>
     <w:rsid w:val="008C71AD"/>
     <w:rsid w:val="008E3AAF"/>
     <w:rsid w:val="00910862"/>
     <w:rsid w:val="00922D83"/>
     <w:rsid w:val="00965B16"/>
     <w:rsid w:val="009821C3"/>
     <w:rsid w:val="009825FD"/>
+    <w:rsid w:val="00991378"/>
     <w:rsid w:val="009D3030"/>
     <w:rsid w:val="009D4636"/>
     <w:rsid w:val="00A17A08"/>
     <w:rsid w:val="00A67ADE"/>
     <w:rsid w:val="00A763C0"/>
     <w:rsid w:val="00A77B9C"/>
     <w:rsid w:val="00AD303B"/>
     <w:rsid w:val="00AF6648"/>
     <w:rsid w:val="00B11803"/>
     <w:rsid w:val="00B5112A"/>
     <w:rsid w:val="00B715C3"/>
     <w:rsid w:val="00B808A8"/>
     <w:rsid w:val="00BA1BF8"/>
     <w:rsid w:val="00BA1E8E"/>
     <w:rsid w:val="00BA7CE1"/>
     <w:rsid w:val="00BB188D"/>
+    <w:rsid w:val="00BB658D"/>
     <w:rsid w:val="00C47D12"/>
     <w:rsid w:val="00CD4247"/>
     <w:rsid w:val="00D07B3D"/>
     <w:rsid w:val="00D07BCF"/>
     <w:rsid w:val="00D17F46"/>
     <w:rsid w:val="00D362F7"/>
     <w:rsid w:val="00D40D63"/>
+    <w:rsid w:val="00D44148"/>
     <w:rsid w:val="00D51FB5"/>
     <w:rsid w:val="00DA6904"/>
     <w:rsid w:val="00DC0857"/>
     <w:rsid w:val="00DC1249"/>
     <w:rsid w:val="00E04D9B"/>
+    <w:rsid w:val="00E234F5"/>
     <w:rsid w:val="00E52AA3"/>
     <w:rsid w:val="00EB5F2F"/>
     <w:rsid w:val="00EC5116"/>
     <w:rsid w:val="00ED092F"/>
     <w:rsid w:val="00EF25BD"/>
     <w:rsid w:val="00F03EDF"/>
     <w:rsid w:val="00F25E80"/>
     <w:rsid w:val="00F2741E"/>
     <w:rsid w:val="00F322E6"/>
     <w:rsid w:val="00F477F1"/>
     <w:rsid w:val="00F6021F"/>
     <w:rsid w:val="00F83FD4"/>
     <w:rsid w:val="31E4AE9D"/>
     <w:rsid w:val="3464BB01"/>
     <w:rsid w:val="623E3716"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="1EF52C2B"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{EE6299B1-4321-4C62-9827-F7DCF7CCCD69}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -5317,51 +5391,51 @@
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00755B93"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CD4247"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="167258164">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1490944562">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -5378,51 +5452,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2086489967">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ufgau.org/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://admin.hr.ufl.edu/employee-management/positions-and-assignments/student-appointments/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://graduateschool.ufl.edu/academics/petition/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://admin.hr.ufl.edu/employee-management/employee-development-and-support/remote-work-considerations/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grad.ufl.edu/academics/handbook/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.ufl.edu/forms-policies/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://policy.ufl.edu/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fa.ufl.edu/directive-categories/tuition-and-fees/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ufgau.org/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fa.ufl.edu/directive-categories/tuition-and-fees/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://admin.hr.ufl.edu/employee-management/positions-and-assignments/student-appointments/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://graduateschool.ufl.edu/academics/petition/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.ufl.edu/forms-policies/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://policy.ufl.edu/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grad.ufl.edu/academics/handbook/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
@@ -5651,75 +5725,75 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>932</Words>
-  <Characters>5314</Characters>
+  <Words>809</Words>
+  <Characters>4762</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>44</Lines>
-  <Paragraphs>12</Paragraphs>
+  <Lines>127</Lines>
+  <Paragraphs>63</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>University of Florida</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6234</CharactersWithSpaces>
+  <CharactersWithSpaces>5544</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Anaya-Dominguez, Nerea A</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>bc666b8e36ad80c1c7a324225bc6c4cb6ec34f512f376ea5a0b4612bd23d66ea</vt:lpwstr>
   </property>