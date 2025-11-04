--- v0 (2025-10-05)
+++ v1 (2025-11-04)
@@ -4,95 +4,95 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="6ABF8481" w14:textId="23C1879C" w:rsidR="007F1534" w:rsidRDefault="007F1534" w:rsidP="623E3716">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="742F34C3" w14:textId="77777777" w:rsidR="001B4936" w:rsidRDefault="001B4936" w:rsidP="00BE19A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4DBB2B07" w14:textId="68AC849B" w:rsidR="00AF328A" w:rsidRDefault="00AF328A" w:rsidP="00AF328A">
+    <w:p w14:paraId="4DBB2B07" w14:textId="2F99612A" w:rsidR="00AF328A" w:rsidRDefault="00AF328A" w:rsidP="00AF328A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Last Updated: </w:t>
       </w:r>
-      <w:r w:rsidR="00A34FF4">
+      <w:r w:rsidR="00E449AC">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>November 9</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00173B91">
+        <w:t>October 3</w:t>
+      </w:r>
+      <w:r w:rsidR="00736489">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>, 2024</w:t>
+        <w:t>, 2025</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E682A0D" w14:textId="77777777" w:rsidR="00BE19A6" w:rsidRPr="00523F62" w:rsidRDefault="00BE19A6" w:rsidP="00BE19A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="2F5496" w:themeColor="accent5" w:themeShade="BF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00523F62">
         <w:rPr>
           <w:b/>
           <w:color w:val="2F5496" w:themeColor="accent5" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Instructions</w:t>
       </w:r>
       <w:r w:rsidRPr="00523F62">
         <w:rPr>
           <w:b/>
           <w:color w:val="2F5496" w:themeColor="accent5" w:themeShade="BF"/>
         </w:rPr>
         <w:t>:</w:t>
@@ -122,73 +122,123 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="6DAF8654" w14:textId="77777777" w:rsidR="00BE19A6" w:rsidRPr="00DD2C05" w:rsidRDefault="00BE19A6" w:rsidP="00BE19A6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F7CAAC" w:themeFill="accent2" w:themeFillTint="66"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="450"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Letter must be printed on official UF letterhead.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01C134B0" w14:textId="77777777" w:rsidR="00BE19A6" w:rsidRPr="007205CF" w:rsidRDefault="00BE19A6" w:rsidP="00BE19A6">
+    <w:p w14:paraId="01C134B0" w14:textId="77777777" w:rsidR="00BE19A6" w:rsidRDefault="00BE19A6" w:rsidP="00BE19A6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F7CAAC" w:themeFill="accent2" w:themeFillTint="66"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="450"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007205CF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Remove language from header and footer.</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="0A07CA29" w14:textId="7F1BE189" w:rsidR="00E449AC" w:rsidRPr="00E449AC" w:rsidRDefault="00E449AC" w:rsidP="00E449AC">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F7CAAC" w:themeFill="accent2" w:themeFillTint="66"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="450"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk212102340"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Appointments involving </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>researcher</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or research support activities must complete RISC screening prior to offer being extended. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="193F12D0" w14:textId="77777777" w:rsidR="00BE19A6" w:rsidRDefault="00BE19A6" w:rsidP="00BE19A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="01B73BEF" w14:textId="77777777" w:rsidR="00BE19A6" w:rsidRPr="00C96D4F" w:rsidRDefault="00BE19A6" w:rsidP="00BE19A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001300E4">
         <w:rPr>
           <w:bCs/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -304,69 +354,78 @@
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidRPr="007F1534">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Classification Title</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidRPr="007F1534">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="007F1534">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">position </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidRPr="007F1534">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>#0000000</w:t>
+        <w:t>#</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007F1534">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>0000000</w:t>
       </w:r>
       <w:r w:rsidRPr="00536108">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidRPr="007F1534">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">, in the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidRPr="007F1534">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:highlight w:val="yellow"/>
@@ -445,125 +504,209 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35540275" w14:textId="77777777" w:rsidR="006113A3" w:rsidRDefault="006113A3" w:rsidP="00BE19A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2A1B1876" w14:textId="77777777" w:rsidR="006113A3" w:rsidRPr="006113A3" w:rsidRDefault="006113A3" w:rsidP="006113A3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006113A3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
-        <w:t>This offer and your active employment status are contingent upon your eligibility to work under the provisions of all applicable immigration laws and regulations including the Immigration Reform and Control Act of 1986, as amended, and your providing the necessary documents to establish identity and employment eligibility to satisfactorily complete U.S. Citizenship and Immigration Services’ Form I-9. As a foreign national holding an employer sponsored immigration status, the University of Florida, as your employer, is provided authority by immigration laws to request employment authorization on your behalf. The University, however, cannot guarantee that employment authorization or visas will be granted and assumes no responsibility if any request is denied, delayed or conditioned. All such determinations rest with USCIS and the DOS, respectively, and are beyond the scope of the University’s authority. All employees bear a continuing responsibility throughout their employment to maintain their eligibility to work in the U.S. and at the University in the position to which they are assigned. The University cannot pay a wage to any person not lawfully authorized to work regardless of the cause. Failure to timely receive or maintain authorization to be employed in the U.S. at the University in the relevant position shall automatically terminate your employment status at the University.</w:t>
+        <w:t xml:space="preserve">This offer and your active employment status are contingent upon your eligibility to work under the provisions of all applicable immigration laws and regulations including the Immigration Reform and Control Act of 1986, as amended, and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006113A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>your</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006113A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> providing the necessary documents to establish identity and employment eligibility to satisfactorily complete U.S. Citizenship and Immigration Services’ Form I-9. As a foreign national holding an employer sponsored immigration status, the University of Florida, as your employer, is </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006113A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>provided</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006113A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> authority by immigration laws to request employment authorization on your behalf. The University, however, cannot guarantee that employment authorization or visas will be granted and assumes no responsibility if any request is denied, delayed or conditioned. All such determinations rest with USCIS and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006113A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>the DOS</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006113A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>, respectively, and are beyond the scope of the University’s authority. All employees bear a continuing responsibility throughout their employment to maintain their eligibility to work in the U.S. and at the University in the position to which they are assigned. The University cannot pay a wage to any person not lawfully authorized to work regardless of the cause. Failure to timely receive or maintain authorization to be employed in the U.S. at the University in the relevant position shall automatically terminate your employment status at the University.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C8626B4" w14:textId="77777777" w:rsidR="006113A3" w:rsidRPr="006113A3" w:rsidRDefault="006113A3" w:rsidP="006113A3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7187BE4D" w14:textId="77777777" w:rsidR="006113A3" w:rsidRPr="006113A3" w:rsidRDefault="006113A3" w:rsidP="006113A3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006113A3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t>This offer of employment is conditioned upon the University being able to obtain employment authorization for you based on the terms and conditions set forth in this offer.  Should the University not be able to secure approval of your employment authorization on the terms and conditions set forth on this offer, this offer will be considered null and void.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F9C7400" w14:textId="77777777" w:rsidR="006113A3" w:rsidRPr="006113A3" w:rsidRDefault="006113A3" w:rsidP="006113A3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5A950856" w14:textId="3FA46D9D" w:rsidR="006113A3" w:rsidRPr="007F1534" w:rsidRDefault="006113A3" w:rsidP="006113A3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006113A3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
-        <w:t>Although this appointment is based on departmental programmatic needs, fiscal considerations and satisfactory performance, there is reasonable expectation that your employment will continue on a year-to-year basis. Therefore, H-1B status sponsorship is being requested for a period</w:t>
+        <w:t xml:space="preserve">Although this appointment is based on departmental programmatic needs, fiscal considerations and satisfactory performance, there is reasonable expectation that your employment will </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006113A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>continue on</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006113A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a year-to-year basis. Therefore, H-1B status sponsorship is being requested for a period</w:t>
       </w:r>
       <w:r w:rsidR="00FC5608" w:rsidRPr="00D440EE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r w:rsidR="00FC5608">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00FC5608" w:rsidRPr="00D440EE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> years, mm/dd/yyyy to</w:t>
+        <w:t xml:space="preserve"> years, mm/dd/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00FC5608" w:rsidRPr="00D440EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>yyyy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00FC5608" w:rsidRPr="00D440EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to</w:t>
       </w:r>
       <w:r w:rsidR="00AB46B6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FC5608" w:rsidRPr="00D440EE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
-        <w:t>mm/dd/yyyy.</w:t>
+        <w:t>mm/dd/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00FC5608" w:rsidRPr="00D440EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>yyyy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00FC5608" w:rsidRPr="00D440EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00357F88">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FC5608" w:rsidRPr="008F63BF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00FC5608">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">Example: </w:t>
       </w:r>
       <w:r w:rsidR="00FC5608" w:rsidRPr="008F63BF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:highlight w:val="yellow"/>
@@ -849,58 +992,58 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007F1534">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t>We are excited you are joining our team. As part of the hiring process, a successful pre-employment screening must be completed for the offer of employment to take effect. This includes</w:t>
       </w:r>
       <w:r w:rsidR="000F300A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t>, but is not limited to,</w:t>
       </w:r>
       <w:r w:rsidRPr="007F1534">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> a satisfactory </w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_Hlk48035328"/>
+      <w:bookmarkStart w:id="1" w:name="_Hlk48035328"/>
       <w:r w:rsidRPr="007F1534">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t>review of criminal records, reference checks, verification of education,</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="0"/>
+      <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="007F1534">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D1721E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">verification of experience, </w:t>
       </w:r>
       <w:r w:rsidRPr="007F1534">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">and any health assessments that may be required. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="723AEC12" w14:textId="77777777" w:rsidR="006113A3" w:rsidRDefault="006113A3" w:rsidP="007F1534">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
@@ -1026,51 +1169,65 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007F1534">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">complete Section 1 of Form I-9 on or prior to your first day of employment.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A371237" w14:textId="74258C60" w:rsidR="007F1534" w:rsidRPr="007F1534" w:rsidRDefault="007F1534" w:rsidP="007F1534">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007F1534">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
-        <w:t>present documents that verify your identity and work authorization within the first three business days of your start date.</w:t>
+        <w:t xml:space="preserve">present documents that verify your identity </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007F1534">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>and work</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007F1534">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> authorization within the first three business days of your start date.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DC2A02B" w14:textId="77777777" w:rsidR="007F1534" w:rsidRPr="007F1534" w:rsidRDefault="007F1534" w:rsidP="007F1534">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5E8789CE" w14:textId="28482E50" w:rsidR="007F1534" w:rsidRPr="007F1534" w:rsidRDefault="007F1534" w:rsidP="007F1534">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007F1534">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t>Failure to provide the appropriate documentation by the end of the third business day as required by law may lead to termination of employment.</w:t>
       </w:r>
@@ -1141,79 +1298,101 @@
         </w:rPr>
         <w:t>TEAMS</w:t>
       </w:r>
       <w:r w:rsidR="00BE19A6" w:rsidRPr="00536108">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BE19A6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">employees </w:t>
       </w:r>
       <w:r w:rsidR="00BE19A6" w:rsidRPr="00536108">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>with no break in service]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E49C9CA" w14:textId="512F2F64" w:rsidR="00BE19A6" w:rsidRDefault="00B26A8D" w:rsidP="007F1534">
-[...27 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="04915FB7" w14:textId="5D94D585" w:rsidR="00BE19A6" w:rsidRPr="00736489" w:rsidRDefault="00736489" w:rsidP="00736489">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_Hlk48546695"/>
+      <w:r w:rsidRPr="00BF5AD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>As a TEAMS (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5AD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Exempt or Non-Exempt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5AD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>) employee, you will serve a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n initial</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5AD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> six-month probationary period. At the conclusion of </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5AD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> six-month probationary period, your probation may be successfully concluded, extended, or ended in accordance with university regulations. </w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="70C4CF36" w14:textId="2F4E0D61" w:rsidR="007F1534" w:rsidRPr="007F1534" w:rsidRDefault="007F1534" w:rsidP="007F1534">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="203864"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007F1534">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="203864"/>
         </w:rPr>
         <w:t xml:space="preserve">Conditions of Appointment </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CFC37FA" w14:textId="7A35FECA" w:rsidR="003B595A" w:rsidRPr="00870742" w:rsidRDefault="007F1534" w:rsidP="00870742">
       <w:r w:rsidRPr="007F1534">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -1262,60 +1441,74 @@
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00870742" w:rsidRPr="00870742">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>The State of Florida and the University of Florida retain the right to modify or rescind any law or regulation governing the conditions of your employment.</w:t>
       </w:r>
       <w:r w:rsidR="00870742">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17FC00D2" w14:textId="02FC58C7" w:rsidR="00356CCF" w:rsidRPr="007F1534" w:rsidRDefault="00356CCF" w:rsidP="007F1534">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B617A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t>Please note, funding for this position is time-limited and may be eliminated or reduced as a result of conditions beyond the control of the University of Florida, which may result in termination of your employment.</w:t>
+        <w:t xml:space="preserve">Please note, funding for this position is time-limited and may be eliminated or reduced </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001B617A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>as a result of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001B617A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> conditions beyond the control of the University of Florida, which may result in termination of your employment.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:p w14:paraId="5B7F4D46" w14:textId="77777777" w:rsidR="007F1534" w:rsidRPr="007F1534" w:rsidRDefault="007F1534" w:rsidP="007F1534">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3DC45C7C" w14:textId="77777777" w:rsidR="007F1534" w:rsidRPr="007F1534" w:rsidRDefault="007F1534" w:rsidP="007F1534">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="1F4E79"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007F1534">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
@@ -1485,51 +1678,65 @@
           <w:bCs/>
           <w:color w:val="1F4E79"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007F1534">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="1F4E79"/>
         </w:rPr>
         <w:t>Retirement</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43464829" w14:textId="7F8D4C99" w:rsidR="007F1534" w:rsidRPr="007F1534" w:rsidRDefault="007F1534" w:rsidP="007F1534">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007F1534">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">As a new employee, you must choose one of the retirement plans available to eligible State University System employees*. An employee contribution of 3% is mandatory and enrollment deadlines may apply. Information regarding retirement plans can be found on the UFHR Benefits website </w:t>
+        <w:t xml:space="preserve">As a new employee, you must choose one of the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007F1534">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>retirement</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007F1534">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> plans available to eligible State University System employees*. An employee contribution of 3% is mandatory and enrollment deadlines may apply. Information regarding retirement plans can be found on the UFHR Benefits website </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidR="00C80542">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           </w:rPr>
           <w:t>https://hr.ufl.edu/benefits/retirement</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="007F1534">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A4B2887" w14:textId="77777777" w:rsidR="007F1534" w:rsidRPr="007F1534" w:rsidRDefault="007F1534" w:rsidP="007F1534">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -1563,51 +1770,67 @@
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F4CB002" w14:textId="77777777" w:rsidR="007F1534" w:rsidRPr="007F1534" w:rsidRDefault="007F1534" w:rsidP="007F1534">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7C0921E0" w14:textId="77777777" w:rsidR="007F1534" w:rsidRPr="007F1534" w:rsidRDefault="007F1534" w:rsidP="007F1534">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007F1534">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:i/>
         </w:rPr>
-        <w:t>*Please note that employees who have received a pension or distribution from a State of Florida retirement plan may not be eligible for all plans and should contact MyFRS Financial Guidance Line at (866) 446-9377.</w:t>
+        <w:t xml:space="preserve">*Please note that employees who have received a pension or distribution from a State of Florida retirement plan may not be eligible for all plans and should contact </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F1534">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>MyFRS</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F1534">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Financial Guidance Line at (866) 446-9377.</w:t>
       </w:r>
       <w:r w:rsidRPr="007F1534">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="056596D3" w14:textId="77777777" w:rsidR="007F1534" w:rsidRPr="007F1534" w:rsidRDefault="007F1534" w:rsidP="007F1534">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="62465FAA" w14:textId="77777777" w:rsidR="00BE19A6" w:rsidRPr="007F1534" w:rsidRDefault="00BE19A6" w:rsidP="00BE19A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007F1534">
         <w:rPr>
@@ -1720,51 +1943,51 @@
       <w:r w:rsidRPr="007F1534">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Title</w:t>
       </w:r>
       <w:r w:rsidRPr="00536108">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BE5C050" w14:textId="77777777" w:rsidR="00BE19A6" w:rsidRDefault="00BE19A6" w:rsidP="00BE19A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="1F4E79"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Hlk51014695"/>
+      <w:bookmarkStart w:id="3" w:name="_Hlk51014695"/>
     </w:p>
     <w:p w14:paraId="780F9480" w14:textId="77777777" w:rsidR="00BE19A6" w:rsidRPr="007F1534" w:rsidRDefault="00BE19A6" w:rsidP="00BE19A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="1F4E79"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007F1534">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="1F4E79"/>
         </w:rPr>
         <w:t>Acceptance of Offer</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08C0F1BB" w14:textId="77777777" w:rsidR="00BE19A6" w:rsidRPr="007F1534" w:rsidRDefault="00BE19A6" w:rsidP="00BE19A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
@@ -1805,51 +2028,51 @@
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D0656E4" w14:textId="77777777" w:rsidR="00BE19A6" w:rsidRPr="007F1534" w:rsidRDefault="00BE19A6" w:rsidP="00BE19A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="27405F5E" w14:textId="77777777" w:rsidR="00BE19A6" w:rsidRPr="007F1534" w:rsidRDefault="00BE19A6" w:rsidP="00BE19A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007F1534">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t>I understand and accept the conditions of this appointment as outlined above.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="3"/>
     <w:p w14:paraId="6B975A69" w14:textId="0936ED61" w:rsidR="00BE19A6" w:rsidRPr="007F1534" w:rsidRDefault="00BE19A6" w:rsidP="00BE19A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="28745001" w14:textId="77777777" w:rsidR="00BE19A6" w:rsidRDefault="00BE19A6" w:rsidP="00BE19A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007F1534">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t>______________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B0AB84D" w14:textId="6F274F07" w:rsidR="00582FBA" w:rsidRPr="007F1534" w:rsidRDefault="00BE19A6" w:rsidP="007F1534">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -1944,70 +2167,70 @@
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00536108">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
         <w:t>Date</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00582FBA" w:rsidRPr="007F1534" w:rsidSect="00356CCF">
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:footerReference w:type="default" r:id="rId14"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1008" w:right="1008" w:bottom="1008" w:left="1008" w:header="720" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="0CD01BBB" w14:textId="77777777" w:rsidR="00065BEE" w:rsidRDefault="00065BEE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="5F21B9C0" w14:textId="77777777" w:rsidR="00065BEE" w:rsidRDefault="00065BEE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -2031,145 +2254,145 @@
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aharoni">
     <w:altName w:val="Aharoni"/>
     <w:charset w:val="B1"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000803" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000021" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="676849374"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="1FBE38A2" w14:textId="7624C5B2" w:rsidR="001A3228" w:rsidRDefault="001A3228" w:rsidP="001A3228">
+      <w:p w14:paraId="1FBE38A2" w14:textId="5C016D46" w:rsidR="001A3228" w:rsidRDefault="001A3228" w:rsidP="001A3228">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> DATE \@ "MMMM d, yyyy" </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00A34FF4">
+        <w:r w:rsidR="00703517">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
-          <w:t>December 6, 2024</w:t>
+          <w:t>October 23, 2025</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r>
           <w:t xml:space="preserve">       </w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="169DFD30" w14:textId="25EF5A98" w:rsidR="31E4AE9D" w:rsidRDefault="31E4AE9D" w:rsidP="001A3228">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="791E2E37" w14:textId="77777777" w:rsidR="00065BEE" w:rsidRDefault="00065BEE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="4D650CDA" w14:textId="77777777" w:rsidR="00065BEE" w:rsidRDefault="00065BEE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4711ACF1" w14:textId="6FEF6118" w:rsidR="31E4AE9D" w:rsidRDefault="007F1534" w:rsidP="31E4AE9D">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r w:rsidRPr="00046B10">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="0" wp14:anchorId="691762CA" wp14:editId="02D24B42">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:posOffset>1986280</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>570865</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="2054225" cy="211455"/>
           <wp:effectExtent l="0" t="0" r="3175" b="0"/>
           <wp:wrapSquare wrapText="bothSides"/>
           <wp:docPr id="15" name="Picture 15"/>
           <wp:cNvGraphicFramePr/>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -2506,51 +2729,51 @@
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Aharoni" w:hAnsi="Aharoni" w:cs="Aharoni"/>
                         <w:b/>
                         <w:bCs/>
                         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
                         <w:sz w:val="40"/>
                         <w:szCs w:val="56"/>
                       </w:rPr>
                       <w:t xml:space="preserve">Offer </w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="043D4FAB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="204C6674"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="810" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1530" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -3224,196 +3447,203 @@
   <w:num w:numId="1" w16cid:durableId="79252849">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="187376414">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="160969892">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="670987985">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1749614861">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1193423625">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="204028642">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="85"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="59393"/>
+    <o:shapedefaults v:ext="edit" spidmax="65537"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00553F64"/>
     <w:rsid w:val="00016904"/>
+    <w:rsid w:val="00045344"/>
     <w:rsid w:val="00046B10"/>
     <w:rsid w:val="00065BEE"/>
     <w:rsid w:val="000C3614"/>
     <w:rsid w:val="000F2045"/>
     <w:rsid w:val="000F300A"/>
     <w:rsid w:val="000F3A18"/>
     <w:rsid w:val="001063C3"/>
     <w:rsid w:val="00147625"/>
+    <w:rsid w:val="00171FAF"/>
     <w:rsid w:val="00173B91"/>
     <w:rsid w:val="001A20F2"/>
     <w:rsid w:val="001A3228"/>
     <w:rsid w:val="001B4936"/>
     <w:rsid w:val="001B617A"/>
     <w:rsid w:val="001E62AA"/>
     <w:rsid w:val="0020534F"/>
     <w:rsid w:val="00221CB4"/>
     <w:rsid w:val="00244EA3"/>
     <w:rsid w:val="00257BD1"/>
     <w:rsid w:val="002C74A3"/>
     <w:rsid w:val="002E126B"/>
     <w:rsid w:val="00355C7F"/>
     <w:rsid w:val="00356CCF"/>
     <w:rsid w:val="00357F88"/>
+    <w:rsid w:val="003B5087"/>
     <w:rsid w:val="003B595A"/>
     <w:rsid w:val="004F440D"/>
     <w:rsid w:val="0053649F"/>
     <w:rsid w:val="00553F64"/>
     <w:rsid w:val="00582FBA"/>
     <w:rsid w:val="005C6B7C"/>
     <w:rsid w:val="006059AA"/>
     <w:rsid w:val="006113A3"/>
     <w:rsid w:val="006573BC"/>
     <w:rsid w:val="006E1CE9"/>
     <w:rsid w:val="006F2409"/>
+    <w:rsid w:val="00703517"/>
     <w:rsid w:val="007076F3"/>
     <w:rsid w:val="00731BA8"/>
+    <w:rsid w:val="00736489"/>
     <w:rsid w:val="00765418"/>
     <w:rsid w:val="007B3CD4"/>
     <w:rsid w:val="007F1534"/>
     <w:rsid w:val="00842C84"/>
     <w:rsid w:val="008526F6"/>
     <w:rsid w:val="00852705"/>
     <w:rsid w:val="00870742"/>
     <w:rsid w:val="008C13A7"/>
     <w:rsid w:val="008E3AAF"/>
     <w:rsid w:val="00960887"/>
     <w:rsid w:val="00960D68"/>
     <w:rsid w:val="00965B16"/>
     <w:rsid w:val="009821C3"/>
     <w:rsid w:val="009825FD"/>
     <w:rsid w:val="009F7357"/>
     <w:rsid w:val="00A34FF4"/>
     <w:rsid w:val="00A47DCC"/>
     <w:rsid w:val="00AA2210"/>
     <w:rsid w:val="00AB46B6"/>
     <w:rsid w:val="00AF17D5"/>
     <w:rsid w:val="00AF328A"/>
     <w:rsid w:val="00B12903"/>
     <w:rsid w:val="00B26A8D"/>
     <w:rsid w:val="00B808A8"/>
     <w:rsid w:val="00BA1BF8"/>
     <w:rsid w:val="00BA1E8E"/>
     <w:rsid w:val="00BA7CE1"/>
     <w:rsid w:val="00BE19A6"/>
     <w:rsid w:val="00C47D12"/>
     <w:rsid w:val="00C5449C"/>
     <w:rsid w:val="00C80542"/>
     <w:rsid w:val="00CF4846"/>
     <w:rsid w:val="00D1721E"/>
     <w:rsid w:val="00D35191"/>
     <w:rsid w:val="00D911F6"/>
     <w:rsid w:val="00D935B3"/>
     <w:rsid w:val="00DB4965"/>
     <w:rsid w:val="00DC0857"/>
     <w:rsid w:val="00E04D9B"/>
+    <w:rsid w:val="00E449AC"/>
     <w:rsid w:val="00E52AA3"/>
     <w:rsid w:val="00EB5F2F"/>
     <w:rsid w:val="00EB6F3D"/>
     <w:rsid w:val="00ED092F"/>
     <w:rsid w:val="00EF25BD"/>
     <w:rsid w:val="00F322E6"/>
     <w:rsid w:val="00F65A46"/>
     <w:rsid w:val="00FC5608"/>
     <w:rsid w:val="00FE0536"/>
     <w:rsid w:val="31E4AE9D"/>
     <w:rsid w:val="3464BB01"/>
     <w:rsid w:val="623E3716"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="59393"/>
+    <o:shapedefaults v:ext="edit" spidmax="65537"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="1EF52C2B"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{EE6299B1-4321-4C62-9827-F7DCF7CCCD69}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4576,51 +4806,51 @@
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="007F1534"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="220100535">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="393898369">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -4910,75 +5140,75 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1082</Words>
-  <Characters>6169</Characters>
+  <Words>1102</Words>
+  <Characters>6331</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>51</Lines>
-  <Paragraphs>14</Paragraphs>
+  <Lines>137</Lines>
+  <Paragraphs>52</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>University of Florida</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7237</CharactersWithSpaces>
+  <CharactersWithSpaces>7381</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Anaya-Dominguez, Nerea A</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>831f5dd676f412007ec4ee2e869e9e2d0f697885680ec125169f87eff24f92a3</vt:lpwstr>
   </property>